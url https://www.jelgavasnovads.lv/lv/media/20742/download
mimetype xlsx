--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,652 +1,547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7953B61-3894-44C9-AA34-FBBDA5759C11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED183D66-FA5B-42F1-9779-4810249E9442}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$E$1:$E$108</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$E$1:$E$96</definedName>
   </definedNames>
   <calcPr calcId="122211"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="81">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Zemes vienības kadastra apzīmējums</t>
   </si>
   <si>
     <t>Nekustamā īpašuma nosaukums, adrese</t>
   </si>
   <si>
     <t>Nomas objekta platība (ha)</t>
   </si>
   <si>
     <t>Nomas termiņš</t>
   </si>
   <si>
-    <t>31.12.2023.</t>
-[...7 lines deleted...]
-  <si>
     <t>Vilces pamatskola</t>
   </si>
   <si>
-    <t>0,036</t>
-[...1 lines deleted...]
-  <si>
     <t>Vilces mazdārziņi</t>
   </si>
   <si>
     <t>0,0294</t>
   </si>
   <si>
     <t>0,0308</t>
   </si>
   <si>
     <t>Ziedkalnes mazdārziņi</t>
   </si>
   <si>
     <t>0,04</t>
   </si>
   <si>
     <t>0,08</t>
   </si>
   <si>
     <t>0,13</t>
   </si>
   <si>
     <t>Rudzīši</t>
   </si>
   <si>
     <t>Ieleju lauks</t>
   </si>
   <si>
-    <t>0,62</t>
-[...1 lines deleted...]
-  <si>
     <t>Ielejas</t>
   </si>
   <si>
-    <t>0,28</t>
-[...7 lines deleted...]
-  <si>
     <t>0,4</t>
   </si>
   <si>
-    <t>Zvaigznītes</t>
-[...4 lines deleted...]
-  <si>
     <t>Zīļu lauks</t>
   </si>
   <si>
     <t>0,5</t>
   </si>
   <si>
     <t>Bandenieku lauks</t>
   </si>
   <si>
     <t>0,19</t>
   </si>
   <si>
     <t>31.12.2026.</t>
   </si>
   <si>
     <t>Kalnaplāteri</t>
   </si>
   <si>
-    <t>40,6</t>
-[...4 lines deleted...]
-  <si>
     <t>0,14</t>
   </si>
   <si>
     <t>0,11</t>
   </si>
   <si>
     <t>Tērces</t>
   </si>
   <si>
     <t>0,1</t>
   </si>
   <si>
     <t>0,5537</t>
   </si>
   <si>
     <t>0,03</t>
   </si>
   <si>
     <t>0,06</t>
   </si>
   <si>
     <t>1,0</t>
   </si>
   <si>
     <t>0,07</t>
   </si>
   <si>
     <t>Burkānu lauks</t>
   </si>
   <si>
     <t>1,1</t>
   </si>
   <si>
-    <t>Daugaviņu lauks</t>
-[...4 lines deleted...]
-  <si>
     <t>Lielkrauju lauks</t>
   </si>
   <si>
     <t>1,96</t>
   </si>
   <si>
     <t>1,39</t>
   </si>
   <si>
     <t>Lielmuskuļu iela 4</t>
   </si>
   <si>
     <t>0,12</t>
   </si>
   <si>
     <t>0,622</t>
   </si>
   <si>
-    <t>Mūra dzirnavas</t>
-[...4 lines deleted...]
-  <si>
     <t>Bnadenieku lauks</t>
   </si>
   <si>
     <t>2,36</t>
   </si>
   <si>
     <t>Rezerves zemes fonds</t>
   </si>
   <si>
     <t>0,424</t>
   </si>
   <si>
     <t>lielkuiseļi</t>
   </si>
   <si>
     <t>1,27</t>
   </si>
   <si>
     <t>1,9</t>
   </si>
   <si>
     <t>0,2</t>
   </si>
   <si>
     <t>0,52</t>
   </si>
   <si>
     <t>0,35</t>
   </si>
   <si>
     <t>0,269</t>
   </si>
   <si>
     <t>2,5</t>
   </si>
   <si>
-    <t>0,625</t>
-[...7 lines deleted...]
-  <si>
     <t>Briedīši</t>
   </si>
   <si>
     <t>2,7</t>
   </si>
   <si>
     <t>31.12.2027.</t>
   </si>
   <si>
     <t>Uplejas</t>
   </si>
   <si>
     <t>2,0</t>
   </si>
   <si>
     <t>2,738</t>
   </si>
   <si>
     <t>0,48</t>
   </si>
   <si>
     <t>Vilces pamatsk.mazd.</t>
   </si>
   <si>
     <t>7,2</t>
   </si>
   <si>
-    <t>0,0312</t>
-[...1 lines deleted...]
-  <si>
     <t>Mazbandenieki</t>
   </si>
   <si>
     <t>1,84</t>
   </si>
   <si>
     <t>31.12.2028.</t>
   </si>
   <si>
     <t>0,18</t>
   </si>
   <si>
     <t>MAzbandenieki</t>
   </si>
   <si>
     <t>0,01</t>
   </si>
   <si>
     <t>31.12.2029.</t>
   </si>
   <si>
     <t>0,22</t>
   </si>
   <si>
     <t>Irbītes</t>
   </si>
   <si>
     <t>0,78</t>
   </si>
   <si>
     <t>0,034</t>
   </si>
   <si>
     <t>0,31</t>
   </si>
   <si>
-    <t>Mazulīši</t>
-[...4 lines deleted...]
-  <si>
     <t>10,28</t>
   </si>
   <si>
     <t>Vilcs pamatskolas mazdārziņi        54900030208 0,04</t>
   </si>
   <si>
-    <t>Līdz 2023.gada 1.martā noslēgtie neapbūvētas zemes nomas līgumi Vilces pagastā</t>
+    <t>0,32</t>
+  </si>
+  <si>
+    <t>31.12.2030.</t>
+  </si>
+  <si>
+    <t>Madaru iela 1</t>
+  </si>
+  <si>
+    <t>0,033</t>
+  </si>
+  <si>
+    <t>0,09</t>
+  </si>
+  <si>
+    <t>Noslēgtie neapbūvētas zemes nomas līgumi Jelgavas novada Vilces pagastā</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -780,1852 +675,1669 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F108"/>
+  <dimension ref="A1:E96"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A86" workbookViewId="0">
-      <selection sqref="A1:E1"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A92"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="7.140625" customWidth="1"/>
+    <col min="1" max="1" width="7.109375" customWidth="1"/>
     <col min="2" max="2" width="23" customWidth="1"/>
-    <col min="3" max="3" width="16.140625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="16.42578125" customWidth="1"/>
+    <col min="3" max="3" width="16.109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.77734375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="25.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-    <row r="2" spans="1:6" ht="60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+    </row>
+    <row r="2" spans="1:5" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="4">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C3" s="5">
-        <v>54900030208</v>
+        <v>54900060121</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="4">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C4" s="5">
-        <v>54900030216</v>
+        <v>54900010192</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="4">
         <v>3</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5">
-        <v>54900030216</v>
+        <v>54900020061</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="4">
         <v>4</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5">
-        <v>54900010192</v>
+        <v>54900020061</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="4">
         <v>5</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C7" s="5">
-        <v>54900030208</v>
+        <v>54900030292</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="4">
         <v>6</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="C8" s="5">
-        <v>54900020061</v>
+        <v>54900030208</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="4">
         <v>7</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C9" s="5">
-        <v>54900020039</v>
+        <v>54900030189</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="4">
         <v>8</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>54900030222</v>
+        <v>13</v>
+      </c>
+      <c r="C10" s="6">
+        <v>54900030189</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="4">
         <v>9</v>
       </c>
-      <c r="B11" s="11" t="s">
-[...12 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B11" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="5">
+        <v>54900030216</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="4">
         <v>10</v>
       </c>
-      <c r="B12" s="11" t="s">
-[...12 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B12" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="5">
+        <v>54900030216</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="4">
         <v>11</v>
       </c>
-      <c r="B13" s="11" t="s">
-[...12 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B13" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="5">
+        <v>54900030216</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="4">
         <v>12</v>
       </c>
       <c r="B14" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="5">
+        <v>54900030216</v>
+      </c>
+      <c r="D14" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="4">
         <v>13</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="C15" s="5">
-        <v>54900040137</v>
+        <v>54900010188</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="4">
         <v>14</v>
       </c>
       <c r="B16" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="5">
+        <v>54900010192</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C16" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="5" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="4">
         <v>15</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C17" s="5">
-        <v>54900010192</v>
+        <v>54900010188</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="4">
         <v>16</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="C18" s="5">
-        <v>54900020061</v>
+        <v>54900010192</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="4">
         <v>17</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="C19" s="5">
-        <v>54900020061</v>
+        <v>54900030292</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="4">
         <v>18</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C20" s="5">
         <v>54900030292</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="4">
         <v>19</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C21" s="5">
-        <v>54900030208</v>
+        <v>54900030292</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="4">
         <v>20</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C22" s="5">
-        <v>54900030189</v>
+        <v>54900030292</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="4">
         <v>21</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>54900030189</v>
+        <v>6</v>
+      </c>
+      <c r="C23" s="5">
+        <v>54900030213</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="4">
         <v>22</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C24" s="5">
-        <v>54900030216</v>
+        <v>54900030208</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="4">
         <v>23</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C25" s="5">
-        <v>54900030216</v>
+        <v>54900030321</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="4">
         <v>24</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C26" s="5">
-        <v>54900030216</v>
+        <v>54900030321</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="4">
         <v>25</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="C27" s="5">
-        <v>54900030216</v>
+        <v>54900030212</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="4">
         <v>26</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C28" s="5">
-        <v>54900010188</v>
+        <v>54900060121</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="4">
         <v>27</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C29" s="5">
-        <v>54900010192</v>
+        <v>54900010027</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="4">
         <v>28</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C30" s="5">
         <v>54900010188</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="4">
         <v>29</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C31" s="5">
-        <v>54900010192</v>
+        <v>54900010188</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="4">
         <v>30</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C32" s="5">
-        <v>54900030292</v>
+        <v>54900060121</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="4">
         <v>31</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C33" s="5">
-        <v>54900030292</v>
+        <v>5490070171</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="4">
         <v>32</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C34" s="5">
-        <v>54900030292</v>
+        <v>54900070155</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" s="4">
         <v>33</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="C35" s="5">
-        <v>54900030292</v>
+        <v>54900060121</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="4">
         <v>34</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C36" s="5">
-        <v>54900030213</v>
+        <v>54900010188</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="4">
         <v>35</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C37" s="5">
-        <v>54900030208</v>
+        <v>54900010192</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="4">
         <v>36</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="C38" s="5">
-        <v>54900030321</v>
+        <v>54900010192</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="4">
         <v>37</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="C39" s="5">
-        <v>54900030321</v>
+        <v>54900010192</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="4">
         <v>38</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="C40" s="5">
-        <v>54900070179</v>
+        <v>54900010188</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="4">
         <v>39</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C41" s="5">
-        <v>54900030212</v>
+        <v>54900010188</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="4">
         <v>40</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="C42" s="5">
-        <v>54900060121</v>
+        <v>54900010192</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="4">
         <v>41</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="C43" s="5">
-        <v>54900010027</v>
+        <v>54900010192</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="4">
         <v>42</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C44" s="5">
-        <v>54900010188</v>
+        <v>54900010192</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="4">
         <v>43</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C45" s="5">
-        <v>54900010188</v>
+        <v>54900010192</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="4">
         <v>44</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="C46" s="5">
-        <v>54900020060</v>
+        <v>54900010192</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="4">
         <v>45</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C47" s="5">
-        <v>54900060121</v>
+        <v>54900010192</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="4">
         <v>46</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="C48" s="5">
-        <v>5490070171</v>
+        <v>54900010192</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="4">
         <v>47</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="C49" s="5">
-        <v>54900070155</v>
+        <v>54900010192</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="4">
         <v>48</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="C50" s="5">
-        <v>54900060121</v>
+        <v>54900010192</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="4">
         <v>49</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C51" s="5">
         <v>54900010188</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="4">
         <v>50</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C52" s="5">
-        <v>54900010192</v>
+        <v>54900030213</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="4">
         <v>51</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C53" s="5">
-        <v>54900010192</v>
+        <v>54900060121</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="4">
         <v>52</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C54" s="5">
-        <v>54900010192</v>
+        <v>54900020061</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="4">
         <v>53</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C55" s="5">
-        <v>54900010188</v>
+        <v>54900020061</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="4">
         <v>54</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C56" s="5">
-        <v>54900010188</v>
+        <v>54900030216</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="4">
         <v>55</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C57" s="5">
-        <v>54900010192</v>
+        <v>54900030292</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="4">
         <v>56</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="C58" s="5">
-        <v>54900010192</v>
+        <v>54900060026</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="4">
         <v>57</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="C59" s="5">
-        <v>54900010192</v>
+        <v>54900060090</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="4">
         <v>58</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C60" s="5">
-        <v>54900010192</v>
+        <v>54900010188</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="4">
         <v>59</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C61" s="5">
         <v>54900010192</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="4">
         <v>60</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C62" s="5">
         <v>54900010192</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="4">
         <v>61</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C63" s="5">
-        <v>54900010192</v>
+        <v>54900030208</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="4">
         <v>62</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C64" s="5">
-        <v>54900010192</v>
+        <v>54900040137</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="4">
         <v>63</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C65" s="5">
-        <v>54900010192</v>
+        <v>54900010188</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="4">
         <v>64</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C66" s="5">
-        <v>54900010188</v>
+        <v>54900010192</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="4">
         <v>65</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C67" s="5">
-        <v>54900030213</v>
+        <v>54900060123</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="4">
         <v>66</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="C68" s="5">
-        <v>54900060121</v>
+        <v>54900060123</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="4">
         <v>67</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="C69" s="5">
-        <v>54900020061</v>
+        <v>54900060123</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="4">
         <v>68</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="C70" s="5">
-        <v>54900020061</v>
+        <v>54900060123</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="4">
         <v>69</v>
       </c>
       <c r="B71" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C71" s="5">
+        <v>54900060123</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C71" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="4">
         <v>70</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="C72" s="5">
-        <v>54900030292</v>
+        <v>54900060123</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="4">
         <v>71</v>
       </c>
       <c r="B73" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C73" s="5">
+        <v>54900030216</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E73" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C73" s="5">
-[...9 lines deleted...]
-    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="4">
         <v>72</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5">
-        <v>54900060121</v>
+        <v>54900020086</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="4">
         <v>73</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="C75" s="5"/>
+        <v>15</v>
+      </c>
+      <c r="C75" s="5">
+        <v>54900020039</v>
+      </c>
       <c r="D75" s="5" t="s">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="4">
         <v>74</v>
       </c>
       <c r="B76" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="5">
+        <v>54900030208</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="C76" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="4">
         <v>75</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="C77" s="5">
-        <v>54900060090</v>
+        <v>54900010188</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="4">
         <v>76</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C78" s="5">
-        <v>54900010188</v>
+        <v>54900030321</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="4">
         <v>77</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C79" s="5">
-        <v>54900030222</v>
-[...2 lines deleted...]
-        <v>1.6120000000000001</v>
+        <v>54900060121</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="4">
         <v>78</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C80" s="5">
-        <v>54900010192</v>
+        <v>54900030292</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="4">
         <v>79</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>13</v>
-[...6 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="C81" s="5"/>
+      <c r="D81" s="5"/>
       <c r="E81" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="4">
         <v>80</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="C82" s="5">
-        <v>54900030208</v>
+        <v>54900030216</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="4">
         <v>81</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="C83" s="5">
-        <v>54900040137</v>
+        <v>54900010192</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="4">
         <v>82</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C84" s="5">
-        <v>54900010188</v>
+        <v>54900010192</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="4">
         <v>83</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C85" s="5">
         <v>54900010192</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="4">
         <v>84</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C86" s="5">
-        <v>54900060123</v>
+        <v>54900030336</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="4">
         <v>85</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="C87" s="5">
-        <v>54900060123</v>
+        <v>54900030119</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="4">
         <v>86</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="C88" s="5">
-        <v>54900060123</v>
+        <v>54900010188</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="4">
         <v>87</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="C89" s="5">
         <v>54900060123</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="4">
         <v>88</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="C90" s="5">
-        <v>54900060123</v>
+        <v>54900030208</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="4">
         <v>89</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
       <c r="C91" s="5">
-        <v>54900060123</v>
+        <v>54900010192</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="4">
         <v>90</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C92" s="5">
-        <v>54900030216</v>
+        <v>54900030336</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>73</v>
-[...203 lines deleted...]
-      <c r="E108" s="2"/>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B93" s="9"/>
+      <c r="C93" s="9"/>
+      <c r="D93" s="9"/>
+      <c r="E93" s="9"/>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B94" s="9"/>
+      <c r="C94" s="9"/>
+      <c r="D94" s="9"/>
+      <c r="E94" s="9"/>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B95" s="9"/>
+      <c r="C95" s="9"/>
+      <c r="D95" s="9"/>
+      <c r="E95" s="9"/>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C96"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="2"/>
     </row>
   </sheetData>
-  <autoFilter ref="E1:E108" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="E1:E96" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>