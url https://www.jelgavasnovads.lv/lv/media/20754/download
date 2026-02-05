--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,678 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{572FF410-17D3-459F-AB52-6FA619B112B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DAF84669-9DA0-4101-8D36-06DF4AEF0CF9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+    <sheet name="Nomas līgumi" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$E$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nomas līgumi'!$A$2:$H$34</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="25">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Zemes vienības kadastra apzīmējums</t>
   </si>
   <si>
-    <t>Nekustamā īpašuma nosaukums, adrese</t>
-[...1 lines deleted...]
-  <si>
     <t>Nomas objekta platība (ha)</t>
   </si>
   <si>
     <t>Nomas termiņš</t>
   </si>
   <si>
-    <t>Aizupes - ielas</t>
-[...40 lines deleted...]
-  <si>
     <t>Kastaņu iela</t>
   </si>
   <si>
-    <t>01.04.2025.</t>
-[...83 lines deleted...]
-    <t>Līdz 2023.gada 1.martam noslēgtie neapbūvētas zemes nomas līgumi Ozonieku pagastā</t>
+    <t>Nekustamā īpašuma nosaukums</t>
+  </si>
+  <si>
+    <t>Nomnieks</t>
+  </si>
+  <si>
+    <t>Nomas maksa (likme %, EUR)</t>
+  </si>
+  <si>
+    <t>Iznomāšanas mērķis</t>
+  </si>
+  <si>
+    <t>Noslēgtie neapbūvētas zemes nomas līgumi Ozonieku pagastā</t>
+  </si>
+  <si>
+    <t>Fiziska persona</t>
+  </si>
+  <si>
+    <t>Tirgoņi</t>
+  </si>
+  <si>
+    <t>Āboltiņi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mika iela </t>
+  </si>
+  <si>
+    <t>Kastaņu iela 13</t>
+  </si>
+  <si>
+    <t>Jelgavas iela 32</t>
+  </si>
+  <si>
+    <t>G.R.B. Investīcijas</t>
+  </si>
+  <si>
+    <t>Ozolnieku baptistu draudze</t>
+  </si>
+  <si>
+    <t>28 eur</t>
+  </si>
+  <si>
+    <t>1,5 % ne mazāk kā 28 EUR</t>
+  </si>
+  <si>
+    <t>palīgsaimniecība</t>
+  </si>
+  <si>
+    <t>1,5%, ne mazāk kā 5 EUR</t>
+  </si>
+  <si>
+    <t>ārtelpu pasākumu rīkošanai</t>
+  </si>
+  <si>
+    <t>506,37 EUR</t>
+  </si>
+  <si>
+    <t>dzīvojamo māju celtniecība</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Times New Roman"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF006100"/>
-[...6 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
-      <name val="Times New Roman"/>
-[...4 lines deleted...]
-      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color indexed="8"/>
+      <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6EFCE"/>
-[...4 lines deleted...]
-        <fgColor theme="0"/>
+        <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...57 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...16 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...55 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Good" xfId="1" builtinId="26"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -806,867 +588,1013 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E63"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:E1"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="16.42578125" customWidth="1"/>
+    <col min="1" max="1" width="8.77734375" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="16.33203125" style="5" customWidth="1"/>
+    <col min="4" max="5" width="14.6640625" style="6" customWidth="1"/>
+    <col min="6" max="6" width="16.44140625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="24.33203125" style="2" customWidth="1"/>
+    <col min="8" max="8" width="26.44140625" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="8.88671875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="A2" s="3" t="s">
+    <row r="1" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+    </row>
+    <row r="2" spans="1:8" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="B2" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="E2" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="F2" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2" s="25" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="25" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" s="7">
         <v>1</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="B3" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D3" s="10">
+        <v>8.0600000000000005E-2</v>
+      </c>
+      <c r="E3" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G3" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="7">
+        <v>2</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="11">
+        <v>54660010769</v>
+      </c>
+      <c r="D4" s="12">
+        <v>4.7E-2</v>
+      </c>
+      <c r="E4" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="21">
+        <v>47848</v>
+      </c>
+      <c r="G4" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="7">
         <v>3</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="B5" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="11">
+        <v>54660010769</v>
+      </c>
+      <c r="D5" s="13">
+        <v>4.4499999999999998E-2</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G5" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5" s="11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="7">
         <v>4</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" s="13" t="s">
+      <c r="B6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="9">
+        <v>54660010809</v>
+      </c>
+      <c r="D6" s="14">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="E6" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G6" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" s="7">
         <v>5</v>
       </c>
-      <c r="C3" s="12">
-[...5 lines deleted...]
-      <c r="E3" s="30" t="s">
+      <c r="B7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D7" s="15">
+        <v>7.0199999999999999E-2</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" s="7">
         <v>6</v>
       </c>
-    </row>
-[...21 lines deleted...]
-      <c r="B5" s="13" t="s">
+      <c r="B8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D8" s="15">
+        <v>6.7500000000000004E-2</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" s="19">
+        <v>46904</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="7">
         <v>7</v>
       </c>
-      <c r="C5" s="12">
-[...5 lines deleted...]
-      <c r="E5" s="32" t="s">
+      <c r="B9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D9" s="15">
+        <v>0.55100000000000005</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="28.2" x14ac:dyDescent="0.3">
+      <c r="A10" s="7">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="4">
+      <c r="B10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="9">
+        <v>54660011060</v>
+      </c>
+      <c r="D10" s="16">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="19">
+        <v>56249</v>
+      </c>
+      <c r="G10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" s="9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="28.2" x14ac:dyDescent="0.3">
+      <c r="A11" s="7">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="13" t="s">
-[...25 lines deleted...]
-      <c r="E7" s="30" t="s">
+      <c r="C11" s="9">
+        <v>54660011073</v>
+      </c>
+      <c r="D11" s="16">
+        <v>0.155</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="19">
+        <v>56249</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="H11" s="9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="28.2" x14ac:dyDescent="0.3">
+      <c r="A12" s="7">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="9">
+        <v>54660011078</v>
+      </c>
+      <c r="D12" s="16">
+        <v>0.309</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" s="19">
+        <v>56249</v>
+      </c>
+      <c r="G12" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" s="7">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D13" s="15">
+        <v>0.04</v>
+      </c>
+      <c r="E13" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="19">
+        <v>47483</v>
+      </c>
+      <c r="G13" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H13" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="7">
         <v>12</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D8" s="17">
+      <c r="B14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D14" s="15">
+        <v>5.3100000000000001E-2</v>
+      </c>
+      <c r="E14" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="19">
+        <v>47483</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H14" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="7">
+        <v>13</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="17">
+        <v>54660010809</v>
+      </c>
+      <c r="D15" s="10">
+        <v>1.52E-2</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="22">
+        <v>46873</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H15" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" s="7">
+        <v>14</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D16" s="15">
+        <v>5.3600000000000002E-2</v>
+      </c>
+      <c r="E16" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="19">
+        <v>46904</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="7">
+        <v>15</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D17" s="15">
+        <v>3.1800000000000002E-2</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G17" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="7">
+        <v>16</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="18">
+        <v>54660010769</v>
+      </c>
+      <c r="D18" s="15">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="E18" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="23">
+        <v>47848</v>
+      </c>
+      <c r="G18" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>17</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="11">
+        <v>54660010769</v>
+      </c>
+      <c r="D19" s="13">
+        <v>5.3100000000000001E-2</v>
+      </c>
+      <c r="E19" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" s="23">
+        <v>47848</v>
+      </c>
+      <c r="G19" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19" s="11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="7">
+        <v>18</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D20" s="15">
+        <v>8.7800000000000003E-2</v>
+      </c>
+      <c r="E20" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="H20" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="7">
+        <v>19</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D21" s="15">
+        <v>3.5099999999999999E-2</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F21" s="19">
+        <v>47026</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H21" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="28.2" x14ac:dyDescent="0.3">
+      <c r="A22" s="7">
+        <v>20</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C22" s="9">
+        <v>54660011573</v>
+      </c>
+      <c r="D22" s="16">
+        <v>0.25</v>
+      </c>
+      <c r="E22" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" s="19">
+        <v>47483</v>
+      </c>
+      <c r="G22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="H22" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="7">
+        <v>21</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" s="9">
+        <v>54660010809</v>
+      </c>
+      <c r="D23" s="14">
+        <v>7.1199999999999999E-2</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F23" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G23" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="7">
+        <v>22</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D24" s="13">
+        <v>5.3900000000000003E-2</v>
+      </c>
+      <c r="E24" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F24" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G24" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="7">
+        <v>23</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D25" s="15">
+        <v>6.6699999999999995E-2</v>
+      </c>
+      <c r="E25" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" s="22">
+        <v>47848</v>
+      </c>
+      <c r="G25" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H25" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="7">
+        <v>24</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D26" s="10">
+        <v>2.3400000000000001E-2</v>
+      </c>
+      <c r="E26" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="7">
+        <v>25</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D27" s="15">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="E27" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F27" s="19">
+        <v>47118</v>
+      </c>
+      <c r="G27" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H27" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="7">
+        <v>26</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D28" s="15">
+        <v>5.6399999999999999E-2</v>
+      </c>
+      <c r="E28" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="7">
+        <v>27</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" s="11">
+        <v>54660010769</v>
+      </c>
+      <c r="D29" s="13">
+        <v>4.1700000000000001E-2</v>
+      </c>
+      <c r="E29" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G29" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H29" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="7">
+        <v>28</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="9">
+        <v>54660010809</v>
+      </c>
+      <c r="D30" s="14">
+        <v>1.6899999999999998E-2</v>
+      </c>
+      <c r="E30" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F30" s="19">
+        <v>46873</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H30" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="7">
+        <v>29</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D31" s="15">
+        <v>6.3200000000000006E-2</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F31" s="19">
+        <v>47848</v>
+      </c>
+      <c r="G31" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H31" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="7">
+        <v>30</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D32" s="15">
+        <v>3.5099999999999999E-2</v>
+      </c>
+      <c r="E32" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" s="22">
+        <v>47848</v>
+      </c>
+      <c r="G32" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H32" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A33" s="7">
+        <v>31</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C33" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D33" s="10">
+        <v>0.1235</v>
+      </c>
+      <c r="E33" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="22">
+        <v>47848</v>
+      </c>
+      <c r="G33" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H33" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="7">
+        <v>32</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="9">
+        <v>54660010769</v>
+      </c>
+      <c r="D34" s="10">
         <v>1.2800000000000001E-2</v>
       </c>
-      <c r="E8" s="30" t="s">
-[...628 lines deleted...]
-      <c r="E63" s="8"/>
+      <c r="E34" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" s="22">
+        <v>47848</v>
+      </c>
+      <c r="G34" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H34" s="9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C36" s="4"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C37" s="4"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C38" s="4"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C39" s="4"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C40" s="4"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C41" s="4"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C42" s="4"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C43" s="4"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C44" s="4"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C45" s="4"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C46" s="4"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:E2" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="1">
-    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A1:H1"/>
   </mergeCells>
-  <phoneticPr fontId="6" type="noConversion"/>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-</worksheet>
-[...22 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Sheet3</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Nomas līgumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>