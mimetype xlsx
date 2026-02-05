--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37D74C3C-04BF-41BF-BA8E-6C4F8AB88EB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A4E699C-BDE5-49DE-90BB-40CC20137633}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="14016" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="122211"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="36">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Zemes vienības kadastra apzīmējums</t>
   </si>
   <si>
     <t>Nekustamā īpašuma nosaukums, adrese</t>
   </si>
   <si>
     <t>Nomas objekta platība (ha)</t>
   </si>
   <si>
     <t>Nomas termiņš</t>
   </si>
   <si>
     <t>Dzelzceļnieku mazdārziņi</t>
   </si>
   <si>
     <t>Jaunžebri</t>
   </si>
   <si>
     <t>1,94</t>
   </si>
   <si>
@@ -87,80 +87,115 @@
   <si>
     <t>31.12.2027.</t>
   </si>
   <si>
     <t>0,2</t>
   </si>
   <si>
     <t>Dārzi</t>
   </si>
   <si>
     <t>0,0412</t>
   </si>
   <si>
     <t>31.12.2028.</t>
   </si>
   <si>
     <t>0,0162</t>
   </si>
   <si>
     <t>0,09</t>
   </si>
   <si>
     <t>0,0262</t>
   </si>
   <si>
-    <t>Līdz 2023.gada 1. martam noslēgtie neapbūvētas zemes nomas līgumi Elejas pagastā</t>
+    <t>Dzelzceļmieku mazdārziņi</t>
+  </si>
+  <si>
+    <t>31.12.2029.</t>
+  </si>
+  <si>
+    <t>Baubišķi</t>
+  </si>
+  <si>
+    <t>1,2</t>
+  </si>
+  <si>
+    <t>0,2234</t>
+  </si>
+  <si>
+    <t>0,21</t>
+  </si>
+  <si>
+    <t>Liepu ceļš</t>
+  </si>
+  <si>
+    <t>Ceļmalas lauks</t>
+  </si>
+  <si>
+    <t>2,07</t>
+  </si>
+  <si>
+    <t>31.12.2030.</t>
+  </si>
+  <si>
+    <t>Lietuvas iela 69</t>
+  </si>
+  <si>
+    <t>0,01</t>
+  </si>
+  <si>
+    <t>Noslēgtie neapbūvētas zemes nomas līgumi Jelgavas novada Elejas pagastā</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
       <charset val="186"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -171,237 +206,203 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -535,638 +536,561 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E49"/>
+  <dimension ref="A1:E28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A22" sqref="A22:A49"/>
+      <selection activeCell="G13" sqref="G13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="7.140625" customWidth="1"/>
+    <col min="1" max="1" width="7.109375" customWidth="1"/>
     <col min="2" max="2" width="23" customWidth="1"/>
-    <col min="3" max="3" width="16.140625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="16.42578125" customWidth="1"/>
+    <col min="3" max="3" width="16.109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="9.109375" style="2"/>
+    <col min="5" max="5" width="16.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B1" s="7"/>
+      <c r="C1" s="7"/>
+      <c r="D1" s="7"/>
+      <c r="E1" s="7"/>
+    </row>
+    <row r="2" spans="1:5" ht="55.2" x14ac:dyDescent="0.3">
+      <c r="A2" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="4">
+        <v>54480050060</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="4">
+        <v>54480060410</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="4">
+        <v>54480060501</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" s="4">
+        <v>54480060501</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="4">
+        <v>54480060501</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="4">
+        <v>54480060501</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="4">
+        <v>54480060501</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="4">
+        <v>54480060501</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="4">
+        <v>54480060410</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C20" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="4">
+        <v>54480060410</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="10"/>
-[...42 lines deleted...]
-      <c r="B4" s="5" t="s">
+      <c r="C22" s="4">
+        <v>54480060487</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="4">
+        <v>54480010049</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="5">
+      <c r="C24" s="4">
         <v>54480060487</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B5" s="5" t="s">
+      <c r="D24" s="4">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="5">
+      <c r="C25" s="4">
         <v>54480060487</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...472 lines deleted...]
-      <c r="E49" s="5"/>
+      <c r="D25" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="5">
+        <v>54480060652</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="3">
+        <v>25</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" s="4">
+        <v>54480030010</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="3">
+        <v>26</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" s="4">
+        <v>54480060455</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>32</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>