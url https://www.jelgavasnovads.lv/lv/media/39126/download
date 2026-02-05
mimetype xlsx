--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,228 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CB5DACA-8EE4-4816-B2DD-1DEF29F5489A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF482506-3ADF-4E00-ADE8-08270DC4C260}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$G$1:$G$201</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$G$1:$G$186</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="743" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="681" uniqueCount="97">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Zemes vienības kadastra apzīmējums</t>
   </si>
   <si>
     <t>Nekustamā īpašuma nosaukums, adrese</t>
   </si>
   <si>
     <t>Nomas objekta platība (ha)</t>
   </si>
   <si>
     <t>Nomas termiņš</t>
   </si>
   <si>
     <t>54820020527</t>
   </si>
   <si>
     <t>54820020579</t>
   </si>
   <si>
     <t>54820050106</t>
   </si>
   <si>
     <t>Vētru lauks</t>
   </si>
   <si>
-    <t>Spārītes</t>
-[...7 lines deleted...]
-  <si>
     <t>Līdumu lauks</t>
   </si>
   <si>
-    <t>Jaunmurri</t>
-[...1 lines deleted...]
-  <si>
     <t>Armijas iela 1A, Svētē</t>
   </si>
   <si>
     <t>Centra iela 2, Svētē</t>
   </si>
   <si>
-    <t>Centra iela 4, Svētē</t>
-[...1 lines deleted...]
-  <si>
     <t>Parka iela 11, Svētē</t>
   </si>
   <si>
     <t>Lauciņi, Svētē</t>
   </si>
   <si>
     <t>Skalbes</t>
   </si>
   <si>
     <t>Kurmīši</t>
   </si>
   <si>
     <t>Meldriņi</t>
   </si>
   <si>
     <t>Pašvaldībai piekritīgās zemes, Atpūtā</t>
   </si>
   <si>
     <t>Saknītes, Svētē</t>
   </si>
   <si>
     <t>Baložu iela 8</t>
   </si>
   <si>
     <t>Pērlītes</t>
   </si>
   <si>
     <t>Starpgabals</t>
   </si>
   <si>
     <t>Jēkabu lauks, Jēkabnieki</t>
   </si>
   <si>
     <t>Straumes iela 5, Jēkabnieki</t>
   </si>
   <si>
     <t>Lejiņas</t>
   </si>
   <si>
-    <t>4,2</t>
-[...1 lines deleted...]
-  <si>
     <t>Pazari</t>
   </si>
   <si>
     <t>Mazā Straumes iela 6</t>
   </si>
   <si>
     <t>54820050143</t>
   </si>
   <si>
-    <t>Kārkliņi</t>
-[...4 lines deleted...]
-  <si>
     <t>Karpas</t>
   </si>
   <si>
-    <t>Grāvīši</t>
-[...1 lines deleted...]
-  <si>
     <t>Lazdiņas</t>
   </si>
   <si>
-    <t>Bebrīši</t>
-[...4 lines deleted...]
-  <si>
     <t>Laumas</t>
   </si>
   <si>
     <t>54820010695</t>
   </si>
   <si>
     <t>54820010693</t>
   </si>
   <si>
     <t>Nomas objekta izmantošanas mērķis</t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>palīgsaimniecība</t>
   </si>
   <si>
     <t>fiziska persona</t>
-  </si>
-[...1 lines deleted...]
-    <t>1,5% no KV, bet nemazāk kā 5 EUR*</t>
   </si>
   <si>
     <t>Lejas Baloži</t>
   </si>
   <si>
     <t>54820010755</t>
   </si>
   <si>
     <t>54820010848</t>
   </si>
   <si>
     <t xml:space="preserve">Bišu iela 11 </t>
   </si>
   <si>
     <t>54820010782</t>
   </si>
   <si>
     <t>54820010779</t>
   </si>
   <si>
     <t>lauksaimniecība</t>
   </si>
   <si>
     <t>54820010759</t>
   </si>
@@ -233,171 +197,177 @@
     <t>Zeme Naftas vada 
 Polocka-Ventspils 349/353</t>
   </si>
   <si>
     <t>Nomas maksa, citi maksājumi, EUR</t>
   </si>
   <si>
     <t>Jelgavas rajona Zaļenieku pagasta zemnieku saimniecība "SUTEŅI"</t>
   </si>
   <si>
     <t>Jelgavas rajona Zaļenieku pagasta zemnieku saimniecība "Jaunlejnieki"</t>
   </si>
   <si>
     <t>SIA “ANNIKO”</t>
   </si>
   <si>
     <t>Noslēgtie neapbūvētas zemes nomas līgumi Jelgavas novada Svētes pagastā</t>
   </si>
   <si>
     <t>1,5% no KV, bet nemazāk kā 5 EUR* un NĪN</t>
   </si>
   <si>
     <t>1,5% no KV, bet nemazāk kā 5 EUR*un NĪN</t>
   </si>
   <si>
-    <t>0,5% no KV un NĪN</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">1,5% no KV, bet nemazāk kā 5 EUR* un NĪN </t>
   </si>
   <si>
     <t>28 un NĪN</t>
   </si>
   <si>
-    <t>125,5 un NĪN</t>
-[...7 lines deleted...]
-  <si>
     <t>Jelgavas rajona Svētes pagasta zemnieku saimniecība "ĢINGUĻI"</t>
   </si>
   <si>
     <t>28 EUR un NĪN</t>
   </si>
   <si>
     <t>75,60 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>214 bez PVN, NĪN</t>
-[...1 lines deleted...]
-  <si>
     <t>Lielakmentiņi</t>
   </si>
   <si>
     <t>711,45 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>40 bez PVN, NĪN</t>
-[...10 lines deleted...]
-  <si>
     <t>477,4 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>82,50 bez PVN, NĪN</t>
-[...1 lines deleted...]
-  <si>
     <t>107,80 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>33,60 bez PVN, NĪN</t>
-[...10 lines deleted...]
-  <si>
     <t>2689,50 bez PVN, NĪN</t>
   </si>
   <si>
     <t>379,50 bez PVN, NĪN</t>
   </si>
   <si>
     <t>74 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>29,4 bez PVN, NĪN</t>
-[...4 lines deleted...]
-  <si>
     <t>1260 bez PVN, NĪN</t>
   </si>
   <si>
     <t>750 bez PVN, NĪN</t>
   </si>
   <si>
     <t>teritorijas sakopšana, atpūta</t>
   </si>
   <si>
     <t>166,85 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>83,64 bez PVN, NĪN</t>
-[...1 lines deleted...]
-  <si>
     <t>2110,5 bez PVN, NĪN</t>
   </si>
   <si>
-    <t>56 bez PVN, NĪN</t>
-[...1 lines deleted...]
-  <si>
     <t>Jelgavas rajona Zaļenieku pagasta zemnieku saimniecība "SMUKAS"</t>
   </si>
   <si>
-    <t>39,2 bez PVN, NĪN</t>
-[...7 lines deleted...]
-  <si>
     <t>113,68 bez PVN, NĪN</t>
   </si>
   <si>
     <t>* nomas maksa tiek piemērota, ja zemi nomā personisko palīgsaimniecību vajadzībām</t>
+  </si>
+  <si>
+    <t>Brūklenāju iela, Atpūtā</t>
+  </si>
+  <si>
+    <t>Baložu iela, Atpūtā</t>
+  </si>
+  <si>
+    <t>Dzeņu iela 2, Atpūtā</t>
+  </si>
+  <si>
+    <t>54820010757</t>
+  </si>
+  <si>
+    <t>54820010838</t>
+  </si>
+  <si>
+    <t>136 bez PVN un NĪN</t>
+  </si>
+  <si>
+    <t>SIA RELS</t>
+  </si>
+  <si>
+    <t>170,7 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>Parka iela 9A, Svēte</t>
+  </si>
+  <si>
+    <t>Armijas iela 2H, Svēte</t>
+  </si>
+  <si>
+    <t>Armijas iela 2I, Svēte</t>
+  </si>
+  <si>
+    <t>Svētes pagasta zemnieku saimniecība "Boļi"</t>
+  </si>
+  <si>
+    <t>Armijas iela 3A, Svēte</t>
+  </si>
+  <si>
+    <t>57,5 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>Upeslēpes</t>
+  </si>
+  <si>
+    <t>170 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>150 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>Ieloki</t>
+  </si>
+  <si>
+    <t>484,50 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>68 un NĪN</t>
+  </si>
+  <si>
+    <t>207,40 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>1125 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>312,50 bez PVN, NĪN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
     <numFmt numFmtId="166" formatCode="0.000;[Red]0.000"/>
     <numFmt numFmtId="167" formatCode="#0.00##"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -511,51 +481,51 @@
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -588,148 +558,137 @@
     </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Good" xfId="1" builtinId="26"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -999,4594 +958,4323 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K201"/>
+  <dimension ref="A1:K186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J2" sqref="J2"/>
+      <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.5546875" customWidth="1"/>
     <col min="2" max="2" width="37.5546875" customWidth="1"/>
     <col min="3" max="4" width="16.33203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.33203125" style="2"/>
     <col min="6" max="6" width="17.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="16.44140625" customWidth="1"/>
     <col min="8" max="8" width="40.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="61" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="61"/>
+      <c r="A1" s="60" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
       <c r="H1" s="7"/>
     </row>
     <row r="2" spans="1:9" ht="55.2" x14ac:dyDescent="0.3">
-      <c r="A2" s="46" t="s">
+      <c r="A2" s="43" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="11" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="12" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G2" s="12" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="12" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A3" s="46">
+      <c r="A3" s="43">
         <v>1</v>
       </c>
       <c r="B3" s="13" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>40</v>
+      </c>
+      <c r="C3" s="50">
+        <v>54820010305</v>
+      </c>
+      <c r="D3" s="49" t="s">
+        <v>35</v>
       </c>
       <c r="E3" s="12">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="F3" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G3" s="3">
+        <v>47118</v>
+      </c>
+      <c r="H3" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="I3" s="57"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A4" s="43">
+        <v>2</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" s="21">
+        <v>0.01</v>
+      </c>
+      <c r="F4" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G4" s="27">
+        <v>46752</v>
+      </c>
+      <c r="H4" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A5" s="43">
+        <v>3</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="15">
         <v>0.05</v>
       </c>
-      <c r="F3" s="12" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="F5" s="12" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G5" s="27">
-        <v>46752</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>48203</v>
+      </c>
+      <c r="H5" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A6" s="46">
+      <c r="A6" s="43">
         <v>4</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="26" t="s">
+      <c r="B6" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="49">
+        <v>54820010670</v>
+      </c>
+      <c r="D6" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" s="12">
+        <v>0.02</v>
+      </c>
+      <c r="F6" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" s="3">
+        <v>46387</v>
+      </c>
+      <c r="H6" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A7" s="43">
+        <v>5</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="49">
+        <v>54820010787</v>
+      </c>
+      <c r="D7" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="41">
+        <v>0.03</v>
+      </c>
+      <c r="F7" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H7" s="56" t="s">
         <v>53</v>
       </c>
-      <c r="D6" s="52" t="s">
-[...22 lines deleted...]
-      <c r="C7" s="26" t="s">
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A8" s="43">
+        <v>6</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="49">
+        <v>54820010787</v>
+      </c>
+      <c r="D8" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" s="41">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F8" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H8" s="56" t="s">
         <v>53</v>
       </c>
-      <c r="D7" s="52" t="s">
-[...39 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A9" s="46">
+      <c r="A9" s="43">
         <v>7</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="52">
-[...2 lines deleted...]
-      <c r="D9" s="53" t="s">
+      <c r="C9" s="49">
+        <v>54820010787</v>
+      </c>
+      <c r="D9" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" s="41">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="F9" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H9" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A10" s="43">
+        <v>8</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="49">
+        <v>54820010787</v>
+      </c>
+      <c r="D10" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" s="42">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H10" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A11" s="43">
+        <v>9</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" s="49">
+        <v>54820010810</v>
+      </c>
+      <c r="D11" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" s="12">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F11" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="3">
+        <v>47118</v>
+      </c>
+      <c r="H11" s="56" t="s">
         <v>55</v>
       </c>
-      <c r="E9" s="45">
-[...5 lines deleted...]
-      <c r="G9" s="3">
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A12" s="43">
+        <v>10</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="10">
+        <v>54820010811</v>
+      </c>
+      <c r="D12" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="28">
+        <v>0.04</v>
+      </c>
+      <c r="F12" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" s="27">
+        <v>48213</v>
+      </c>
+      <c r="H12" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A13" s="43">
+        <v>11</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="49">
+        <v>54820010810</v>
+      </c>
+      <c r="D13" s="49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" s="58">
+        <v>1.5E-3</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G13" s="27">
+        <v>47118</v>
+      </c>
+      <c r="H13" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A14" s="43">
+        <v>12</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="10">
+        <v>54820010811</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" s="25">
+        <v>0.94</v>
+      </c>
+      <c r="F14" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G14" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H14" s="44" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A15" s="43">
+        <v>13</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="10">
+        <v>54820010832</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="25">
+        <v>0.2</v>
+      </c>
+      <c r="F15" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" s="3">
+        <v>46387</v>
+      </c>
+      <c r="H15" s="44" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A16" s="43">
+        <v>14</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="10">
+        <v>54820010777</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="25">
+        <v>0.02</v>
+      </c>
+      <c r="F16" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" s="3">
+        <v>46387</v>
+      </c>
+      <c r="H16" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="43">
+        <v>15</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="10">
+        <v>54820010711</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" s="25">
+        <v>0.05</v>
+      </c>
+      <c r="F17" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="G17" s="3">
+        <v>47118</v>
+      </c>
+      <c r="H17" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="43">
+        <v>16</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" s="15">
+        <v>1.84E-2</v>
+      </c>
+      <c r="F18" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="G18" s="27">
         <v>46752</v>
       </c>
-      <c r="H9" s="62" t="s">
-[...117 lines deleted...]
-      <c r="D14" s="52" t="s">
+      <c r="H18" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="43">
+        <v>17</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E19" s="15">
+        <v>0.02</v>
+      </c>
+      <c r="F19" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="G19" s="27">
+        <v>48213</v>
+      </c>
+      <c r="H19" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="43">
+        <v>18</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" s="15">
+        <v>0.01</v>
+      </c>
+      <c r="F20" s="25" t="s">
+        <v>36</v>
+      </c>
+      <c r="G20" s="27">
+        <v>47118</v>
+      </c>
+      <c r="H20" s="44" t="s">
         <v>55</v>
       </c>
-      <c r="E14" s="12">
-[...117 lines deleted...]
-      <c r="A19" s="46">
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="43">
+        <v>19</v>
+      </c>
+      <c r="B21" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...58 lines deleted...]
-        <v>46</v>
+      <c r="C21" s="26" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>43</v>
       </c>
       <c r="E21" s="15">
         <v>0.02</v>
       </c>
       <c r="F21" s="25" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="H21" s="62" t="s">
+        <v>36</v>
+      </c>
+      <c r="G21" s="27">
+        <v>47848</v>
+      </c>
+      <c r="H21" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="43">
+        <v>20</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D22" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="E22" s="20">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="F22" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="G22" s="27">
+        <v>48213</v>
+      </c>
+      <c r="H22" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="43">
+        <v>21</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="E23" s="20">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="F23" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="G23" s="27">
+        <v>47848</v>
+      </c>
+      <c r="H23" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="43">
+        <v>22</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D24" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" s="20">
+        <v>0.02</v>
+      </c>
+      <c r="F24" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="G24" s="27">
+        <v>47483</v>
+      </c>
+      <c r="H24" s="56" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="42" x14ac:dyDescent="0.3">
+      <c r="A25" s="43">
+        <v>23</v>
+      </c>
+      <c r="B25" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D25" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" s="4">
+        <v>7.0350000000000001</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" s="3">
+        <v>47483</v>
+      </c>
+      <c r="H25" s="52" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="42" x14ac:dyDescent="0.3">
+      <c r="A26" s="43">
+        <v>24</v>
+      </c>
+      <c r="B26" s="51" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="10">
+        <v>54820020551</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" s="4">
+        <v>5.9589999999999996</v>
+      </c>
+      <c r="F26" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" s="3">
+        <v>47483</v>
+      </c>
+      <c r="H26" s="56" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="43">
+        <v>25</v>
+      </c>
+      <c r="B27" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" s="4">
+        <v>0.56899999999999995</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G27" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H27" s="56" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="43">
+        <v>26</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" s="10">
+        <v>54820020607</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E28" s="4">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G28" s="3">
+        <v>46752</v>
+      </c>
+      <c r="H28" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="43">
+        <v>27</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C29" s="10">
+        <v>54820020607</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E29" s="4">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G29" s="3">
+        <v>46752</v>
+      </c>
+      <c r="H29" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="43">
+        <v>28</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="10">
+        <v>54820020607</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="4">
+        <v>0.05</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G30" s="3">
+        <v>46752</v>
+      </c>
+      <c r="H30" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="43">
+        <v>29</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="10">
+        <v>54820020607</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E31" s="4">
+        <v>0.27</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G31" s="3">
+        <v>46388</v>
+      </c>
+      <c r="H31" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="69.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A32" s="43">
+        <v>30</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C32" s="10">
+        <v>54820020608</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E32" s="4">
+        <v>2.7</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G32" s="3">
+        <v>46752</v>
+      </c>
+      <c r="H32" s="44" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="28.2" x14ac:dyDescent="0.3">
+      <c r="A33" s="43">
+        <v>31</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C33" s="10">
+        <v>54820020634</v>
+      </c>
+      <c r="D33" s="49" t="s">
+        <v>68</v>
+      </c>
+      <c r="E33" s="34">
+        <v>1.76</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G33" s="3">
+        <v>47486</v>
+      </c>
+      <c r="H33" s="56" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E22" s="25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="43">
+        <v>32</v>
+      </c>
+      <c r="B34" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="C34" s="10">
+        <v>54820020673</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" s="4">
+        <v>0.2</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G34" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H34" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A35" s="43">
+        <v>33</v>
+      </c>
+      <c r="B35" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E35" s="18">
+        <v>0.02</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G35" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H35" s="56" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A36" s="43">
+        <v>34</v>
+      </c>
+      <c r="B36" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E36" s="18">
+        <v>0.03</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G36" s="27">
+        <v>48213</v>
+      </c>
+      <c r="H36" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A37" s="43">
+        <v>35</v>
+      </c>
+      <c r="B37" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E37" s="18">
+        <v>0.01</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G37" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H37" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A38" s="43">
+        <v>36</v>
+      </c>
+      <c r="B38" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E38" s="18">
         <v>0.04</v>
       </c>
-      <c r="F22" s="25" t="s">
-[...48 lines deleted...]
-      <c r="E24" s="15">
+      <c r="F38" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G38" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H38" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A39" s="43">
+        <v>37</v>
+      </c>
+      <c r="B39" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E39" s="18">
         <v>0.02</v>
       </c>
-      <c r="F24" s="25" t="s">
-[...22 lines deleted...]
-      <c r="E25" s="15">
+      <c r="F39" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G39" s="14">
+        <v>47483</v>
+      </c>
+      <c r="H39" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="43">
+        <v>38</v>
+      </c>
+      <c r="B40" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E40" s="18">
         <v>0.01</v>
       </c>
-      <c r="F25" s="25" t="s">
-[...48 lines deleted...]
-      <c r="E27" s="20">
+      <c r="F40" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G40" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H40" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="43">
+        <v>39</v>
+      </c>
+      <c r="B41" s="44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="10">
+        <v>54820020731</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E41" s="18">
         <v>0.02</v>
       </c>
-      <c r="F27" s="20" t="s">
-[...91 lines deleted...]
-      <c r="B31" s="47" t="s">
+      <c r="F41" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G41" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H41" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="43">
+        <v>40</v>
+      </c>
+      <c r="B42" s="44" t="s">
         <v>13</v>
-      </c>
-[...284 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C42" s="10">
         <v>54820020731</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>1.5734999999999999</v>
+        <v>35</v>
+      </c>
+      <c r="E42" s="18">
+        <v>0.03</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>47</v>
-[...9 lines deleted...]
-      <c r="A43" s="46">
+        <v>36</v>
+      </c>
+      <c r="G42" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H42" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="43">
         <v>41</v>
       </c>
-      <c r="B43" s="47" t="s">
-        <v>18</v>
+      <c r="B43" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C43" s="10">
         <v>54820020731</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>35</v>
+      </c>
+      <c r="E43" s="18">
+        <v>0.02</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>36</v>
       </c>
       <c r="G43" s="14">
         <v>47483</v>
       </c>
-      <c r="H43" s="62" t="s">
-[...4 lines deleted...]
-      <c r="A44" s="46">
+      <c r="H43" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="43">
         <v>42</v>
       </c>
-      <c r="B44" s="47" t="s">
-        <v>18</v>
+      <c r="B44" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C44" s="10">
         <v>54820020731</v>
       </c>
       <c r="D44" s="10" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>35</v>
+      </c>
+      <c r="E44" s="18">
+        <v>0.01</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>36</v>
       </c>
       <c r="G44" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>47118</v>
+      </c>
+      <c r="H44" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A45" s="46">
+      <c r="A45" s="43">
         <v>43</v>
       </c>
-      <c r="B45" s="47" t="s">
-        <v>18</v>
+      <c r="B45" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C45" s="10">
         <v>54820020731</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E45" s="18">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G45" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>47483</v>
+      </c>
+      <c r="H45" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A46" s="46">
+      <c r="A46" s="43">
         <v>44</v>
       </c>
-      <c r="B46" s="47" t="s">
-        <v>18</v>
+      <c r="B46" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C46" s="10">
         <v>54820020731</v>
       </c>
       <c r="D46" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E46" s="18">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G46" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H46" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A47" s="46">
+      <c r="A47" s="43">
         <v>45</v>
       </c>
-      <c r="B47" s="47" t="s">
-        <v>18</v>
+      <c r="B47" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C47" s="10">
         <v>54820020731</v>
       </c>
       <c r="D47" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E47" s="18">
+        <v>0.02</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G47" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H47" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A48" s="43">
         <v>46</v>
       </c>
-      <c r="E47" s="18">
-[...17 lines deleted...]
-        <v>18</v>
+      <c r="B48" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C48" s="10">
         <v>54820020731</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E48" s="18">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="F48" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G48" s="14">
+        <v>47483</v>
+      </c>
+      <c r="H48" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A49" s="43">
         <v>47</v>
       </c>
-      <c r="G48" s="14">
-[...11 lines deleted...]
-        <v>18</v>
+      <c r="B49" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C49" s="10">
         <v>54820020731</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>35</v>
+      </c>
+      <c r="E49" s="31">
+        <v>2.3E-2</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G49" s="14">
         <v>47483</v>
       </c>
-      <c r="H49" s="62" t="s">
-        <v>64</v>
+      <c r="H49" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A50" s="46">
+      <c r="A50" s="43">
         <v>48</v>
       </c>
-      <c r="B50" s="47" t="s">
-        <v>18</v>
+      <c r="B50" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C50" s="10">
         <v>54820020731</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E50" s="18">
         <v>0.01</v>
       </c>
       <c r="F50" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G50" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47483</v>
+      </c>
+      <c r="H50" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A51" s="46">
+      <c r="A51" s="43">
         <v>49</v>
       </c>
-      <c r="B51" s="47" t="s">
-        <v>18</v>
+      <c r="B51" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C51" s="10">
         <v>54820020731</v>
       </c>
       <c r="D51" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E51" s="18">
         <v>0.02</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G51" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>46387</v>
+      </c>
+      <c r="H51" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A52" s="46">
+      <c r="A52" s="43">
         <v>50</v>
       </c>
-      <c r="B52" s="47" t="s">
-        <v>18</v>
+      <c r="B52" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C52" s="10">
         <v>54820020731</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E52" s="18">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G52" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>46023</v>
+      </c>
+      <c r="H52" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A53" s="46">
+      <c r="A53" s="43">
         <v>51</v>
       </c>
-      <c r="B53" s="47" t="s">
-        <v>18</v>
+      <c r="B53" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C53" s="10">
         <v>54820020731</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E53" s="18">
         <v>0.02</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G53" s="14">
         <v>47483</v>
       </c>
-      <c r="H53" s="62" t="s">
-        <v>64</v>
+      <c r="H53" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A54" s="46">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="A54" s="43">
+        <v>52</v>
+      </c>
+      <c r="B54" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C54" s="10">
         <v>54820020731</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E54" s="18">
         <v>0.01</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G54" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47483</v>
+      </c>
+      <c r="H54" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A55" s="46">
+      <c r="A55" s="43">
         <v>53</v>
       </c>
-      <c r="B55" s="47" t="s">
-        <v>18</v>
+      <c r="B55" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C55" s="10">
         <v>54820020731</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E55" s="18">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G55" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>48212</v>
+      </c>
+      <c r="H55" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A56" s="46">
+      <c r="A56" s="43">
         <v>54</v>
       </c>
-      <c r="B56" s="47" t="s">
-        <v>18</v>
+      <c r="B56" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C56" s="10">
         <v>54820020731</v>
       </c>
       <c r="D56" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E56" s="18">
         <v>0.02</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G56" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>48213</v>
+      </c>
+      <c r="H56" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A57" s="46">
+      <c r="A57" s="43">
         <v>55</v>
       </c>
-      <c r="B57" s="47" t="s">
-        <v>18</v>
+      <c r="B57" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C57" s="10">
         <v>54820020731</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>35</v>
+      </c>
+      <c r="E57" s="30">
+        <v>2.2800000000000001E-2</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G57" s="14">
         <v>47118</v>
       </c>
-      <c r="H57" s="62" t="s">
-        <v>64</v>
+      <c r="H57" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A58" s="46">
+      <c r="A58" s="43">
         <v>56</v>
       </c>
-      <c r="B58" s="47" t="s">
-        <v>18</v>
+      <c r="B58" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C58" s="10">
         <v>54820020731</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E58" s="18">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G58" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47118</v>
+      </c>
+      <c r="H58" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A59" s="46">
+      <c r="A59" s="43">
         <v>57</v>
       </c>
-      <c r="B59" s="47" t="s">
-        <v>18</v>
+      <c r="B59" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C59" s="10">
         <v>54820020731</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>2.3E-2</v>
+        <v>35</v>
+      </c>
+      <c r="E59" s="18">
+        <v>0.02</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G59" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>46387</v>
+      </c>
+      <c r="H59" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A60" s="46">
+      <c r="A60" s="43">
         <v>58</v>
       </c>
-      <c r="B60" s="47" t="s">
-        <v>18</v>
+      <c r="B60" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C60" s="10">
         <v>54820020731</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E60" s="18">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G60" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47118</v>
+      </c>
+      <c r="H60" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A61" s="46">
+      <c r="A61" s="43">
         <v>59</v>
       </c>
-      <c r="B61" s="47" t="s">
-        <v>18</v>
+      <c r="B61" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C61" s="10">
         <v>54820020731</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E61" s="18">
         <v>0.02</v>
       </c>
       <c r="F61" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G61" s="14">
-        <v>46387</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47118</v>
+      </c>
+      <c r="H61" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A62" s="46">
+      <c r="A62" s="43">
         <v>60</v>
       </c>
-      <c r="B62" s="47" t="s">
-        <v>18</v>
+      <c r="B62" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C62" s="10">
         <v>54820020731</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E62" s="18">
         <v>0.02</v>
       </c>
       <c r="F62" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G62" s="14">
-        <v>46023</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47118</v>
+      </c>
+      <c r="H62" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A63" s="46">
+      <c r="A63" s="43">
         <v>61</v>
       </c>
-      <c r="B63" s="47" t="s">
-        <v>18</v>
+      <c r="B63" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C63" s="10">
         <v>54820020731</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>35</v>
+      </c>
+      <c r="E63" s="25">
+        <v>0.03</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G63" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47118</v>
+      </c>
+      <c r="H63" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A64" s="46">
+      <c r="A64" s="43">
         <v>62</v>
       </c>
-      <c r="B64" s="47" t="s">
-        <v>18</v>
+      <c r="B64" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C64" s="10">
         <v>54820020731</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.01</v>
+        <v>35</v>
+      </c>
+      <c r="E64" s="25">
+        <v>0.02</v>
       </c>
       <c r="F64" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G64" s="14">
-        <v>47483</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>47118</v>
+      </c>
+      <c r="H64" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A65" s="46">
+      <c r="A65" s="43">
         <v>63</v>
       </c>
-      <c r="B65" s="47" t="s">
-        <v>18</v>
+      <c r="B65" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C65" s="10">
         <v>54820020731</v>
       </c>
       <c r="D65" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>35</v>
+      </c>
+      <c r="E65" s="25">
+        <v>0.01</v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G65" s="14">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="H65" s="62" t="s">
+        <v>47118</v>
+      </c>
+      <c r="H65" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A66" s="43">
         <v>64</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>18</v>
+      <c r="B66" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C66" s="10">
         <v>54820020731</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>35</v>
+      </c>
+      <c r="E66" s="25">
+        <v>0.01</v>
       </c>
       <c r="F66" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G66" s="14">
-        <v>46022</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>48213</v>
+      </c>
+      <c r="H66" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A67" s="46">
+      <c r="A67" s="43">
         <v>65</v>
       </c>
-      <c r="B67" s="47" t="s">
-        <v>18</v>
+      <c r="B67" s="44" t="s">
+        <v>13</v>
       </c>
       <c r="C67" s="10">
         <v>54820020731</v>
       </c>
       <c r="D67" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>2.2800000000000001E-2</v>
+        <v>35</v>
+      </c>
+      <c r="E67" s="25">
+        <v>0.01</v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G67" s="14">
-        <v>47118</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>48213</v>
+      </c>
+      <c r="H67" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A68" s="46">
+      <c r="A68" s="43">
         <v>66</v>
       </c>
-      <c r="B68" s="47" t="s">
+      <c r="B68" s="44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" s="10">
+        <v>54820020782</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E68" s="25">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G68" s="3">
+        <v>46752</v>
+      </c>
+      <c r="H68" s="56" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A69" s="43">
+        <v>67</v>
+      </c>
+      <c r="B69" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C68" s="10">
-[...22 lines deleted...]
-      <c r="B69" s="47" t="s">
+      <c r="C69" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E69" s="25">
+        <v>0.04</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G69" s="3">
+        <v>47483</v>
+      </c>
+      <c r="H69" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A70" s="43">
+        <v>68</v>
+      </c>
+      <c r="B70" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C69" s="10">
-[...22 lines deleted...]
-      <c r="B70" s="47" t="s">
+      <c r="C70" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E70" s="19">
+        <v>3.4200000000000001E-2</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G70" s="3">
+        <v>47118</v>
+      </c>
+      <c r="H70" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A71" s="43">
+        <v>69</v>
+      </c>
+      <c r="B71" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C70" s="10">
-[...22 lines deleted...]
-      <c r="B71" s="47" t="s">
+      <c r="C71" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E71" s="25">
+        <v>0.03</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G71" s="3">
+        <v>47483</v>
+      </c>
+      <c r="H71" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A72" s="43">
+        <v>70</v>
+      </c>
+      <c r="B72" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C71" s="10">
-[...22 lines deleted...]
-      <c r="B72" s="47" t="s">
+      <c r="C72" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E72" s="20">
+        <v>3.3799999999999997E-2</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G72" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H72" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A73" s="43">
+        <v>71</v>
+      </c>
+      <c r="B73" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C72" s="10">
-[...22 lines deleted...]
-      <c r="B73" s="47" t="s">
+      <c r="C73" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E73" s="20">
+        <v>3.2399999999999998E-2</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G73" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H73" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A74" s="43">
+        <v>72</v>
+      </c>
+      <c r="B74" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C73" s="10">
-[...5 lines deleted...]
-      <c r="E73" s="25">
+      <c r="C74" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E74" s="20">
+        <v>0.05</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G74" s="14">
+        <v>47483</v>
+      </c>
+      <c r="H74" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A75" s="43">
+        <v>73</v>
+      </c>
+      <c r="B75" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="C75" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E75" s="15">
         <v>0.03</v>
       </c>
-      <c r="F73" s="4" t="s">
-[...13 lines deleted...]
-      <c r="B74" s="47" t="s">
+      <c r="F75" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G75" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H75" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A76" s="43">
+        <v>74</v>
+      </c>
+      <c r="B76" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C74" s="10">
-[...22 lines deleted...]
-      <c r="B75" s="47" t="s">
+      <c r="C76" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E76" s="20">
+        <v>3.4500000000000003E-2</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G76" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H76" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A77" s="43">
+        <v>75</v>
+      </c>
+      <c r="B77" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C75" s="10">
-[...22 lines deleted...]
-      <c r="B76" s="47" t="s">
+      <c r="C77" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E77" s="21">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G77" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H77" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A78" s="43">
+        <v>76</v>
+      </c>
+      <c r="B78" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C76" s="10">
-[...22 lines deleted...]
-      <c r="B77" s="47" t="s">
+      <c r="C78" s="10">
+        <v>54820020800</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E78" s="15">
+        <v>0.04</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G78" s="14">
+        <v>47483</v>
+      </c>
+      <c r="H78" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A79" s="43">
+        <v>77</v>
+      </c>
+      <c r="B79" s="44" t="s">
         <v>18</v>
-      </c>
-[...50 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C79" s="10">
         <v>54820020800</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.04</v>
+        <v>35</v>
+      </c>
+      <c r="E79" s="15">
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G79" s="14">
+        <v>48213</v>
+      </c>
+      <c r="H79" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A80" s="46">
+      <c r="A80" s="43">
         <v>78</v>
       </c>
-      <c r="B80" s="47" t="s">
-        <v>23</v>
+      <c r="B80" s="44" t="s">
+        <v>18</v>
       </c>
       <c r="C80" s="10">
         <v>54820020800</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>3.4200000000000001E-2</v>
+        <v>35</v>
+      </c>
+      <c r="E80" s="15">
+        <v>0.04</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G80" s="14">
+        <v>48213</v>
+      </c>
+      <c r="H80" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A81" s="46">
+      <c r="A81" s="43">
         <v>79</v>
       </c>
-      <c r="B81" s="47" t="s">
-        <v>23</v>
+      <c r="B81" s="44" t="s">
+        <v>18</v>
       </c>
       <c r="C81" s="10">
         <v>54820020800</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.04</v>
+        <v>35</v>
+      </c>
+      <c r="E81" s="23">
+        <v>0.05</v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G81" s="22">
+        <v>47118</v>
+      </c>
+      <c r="H81" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A82" s="46">
+      <c r="A82" s="43">
         <v>80</v>
       </c>
-      <c r="B82" s="47" t="s">
-        <v>23</v>
+      <c r="B82" s="44" t="s">
+        <v>18</v>
       </c>
       <c r="C82" s="10">
         <v>54820020800</v>
       </c>
       <c r="D82" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>3.3799999999999997E-2</v>
+        <v>35</v>
+      </c>
+      <c r="E82" s="24">
+        <v>2.3999999999999998E-3</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G82" s="22">
+        <v>46387</v>
+      </c>
+      <c r="H82" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A83" s="46">
+      <c r="A83" s="43">
         <v>81</v>
       </c>
-      <c r="B83" s="47" t="s">
-        <v>23</v>
+      <c r="B83" s="44" t="s">
+        <v>18</v>
       </c>
       <c r="C83" s="10">
         <v>54820020800</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.03</v>
+        <v>35</v>
+      </c>
+      <c r="E83" s="24">
+        <v>2.3999999999999998E-3</v>
       </c>
       <c r="F83" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G83" s="22">
+        <v>46387</v>
+      </c>
+      <c r="H83" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A84" s="46">
+      <c r="A84" s="43">
         <v>82</v>
       </c>
-      <c r="B84" s="47" t="s">
-        <v>23</v>
+      <c r="B84" s="44" t="s">
+        <v>18</v>
       </c>
       <c r="C84" s="10">
         <v>54820020800</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E84" s="20">
+        <v>35</v>
+      </c>
+      <c r="E84" s="24">
         <v>2.3999999999999998E-3</v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G84" s="14">
+        <v>36</v>
+      </c>
+      <c r="G84" s="22">
         <v>46387</v>
       </c>
-      <c r="H84" s="62" t="s">
-[...4 lines deleted...]
-      <c r="A85" s="46">
+      <c r="H84" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="42" x14ac:dyDescent="0.3">
+      <c r="A85" s="43">
         <v>83</v>
       </c>
-      <c r="B85" s="47" t="s">
+      <c r="B85" s="44" t="s">
+        <v>84</v>
+      </c>
+      <c r="C85" s="10">
+        <v>54820020833</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E85" s="24">
+        <v>4.2</v>
+      </c>
+      <c r="F85" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G85" s="22">
+        <v>47149</v>
+      </c>
+      <c r="H85" s="56" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="69.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A86" s="43">
+        <v>84</v>
+      </c>
+      <c r="B86" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="C86" s="10">
+        <v>54820020834</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E86" s="24">
+        <v>2.5</v>
+      </c>
+      <c r="F86" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G86" s="22">
+        <v>47483</v>
+      </c>
+      <c r="H86" s="56" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A87" s="43">
+        <v>85</v>
+      </c>
+      <c r="B87" s="44" t="s">
+        <v>82</v>
+      </c>
+      <c r="C87" s="10">
+        <v>54820020836</v>
+      </c>
+      <c r="D87" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E87" s="24">
+        <v>0.85</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G87" s="22">
+        <v>48213</v>
+      </c>
+      <c r="H87" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A88" s="43">
+        <v>86</v>
+      </c>
+      <c r="B88" s="44" t="s">
+        <v>82</v>
+      </c>
+      <c r="C88" s="10">
+        <v>54820020836</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E88" s="24">
+        <v>0.7</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G88" s="22">
+        <v>48213</v>
+      </c>
+      <c r="H88" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="69.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A89" s="43">
+        <v>87</v>
+      </c>
+      <c r="B89" s="44" t="s">
+        <v>29</v>
+      </c>
+      <c r="C89" s="10">
+        <v>54820030150</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E89" s="32">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F89" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G89" s="3">
+        <v>47118</v>
+      </c>
+      <c r="H89" s="56" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A90" s="43">
+        <v>88</v>
+      </c>
+      <c r="B90" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C90" s="10">
+        <v>54820030165</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E90" s="25">
+        <v>0.4</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G90" s="29">
+        <v>47483</v>
+      </c>
+      <c r="H90" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A91" s="43">
+        <v>89</v>
+      </c>
+      <c r="B91" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C91" s="10">
+        <v>54820030165</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E91" s="25">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G91" s="29">
+        <v>47483</v>
+      </c>
+      <c r="H91" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A92" s="43">
+        <v>90</v>
+      </c>
+      <c r="B92" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C92" s="10">
+        <v>54820030165</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E92" s="18">
+        <v>0.23</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G92" s="29">
+        <v>47483</v>
+      </c>
+      <c r="H92" s="56" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A93" s="43">
+        <v>91</v>
+      </c>
+      <c r="B93" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C93" s="10">
+        <v>54820030165</v>
+      </c>
+      <c r="D93" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E93" s="18">
+        <v>0.17</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G93" s="29">
+        <v>47483</v>
+      </c>
+      <c r="H93" s="56" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A94" s="43">
+        <v>92</v>
+      </c>
+      <c r="B94" s="44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C94" s="10">
+        <v>54820030165</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E94" s="18">
+        <v>0.16</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G94" s="29">
+        <v>47483</v>
+      </c>
+      <c r="H94" s="56" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A95" s="43">
+        <v>93</v>
+      </c>
+      <c r="B95" s="44" t="s">
+        <v>88</v>
+      </c>
+      <c r="C95" s="10">
+        <v>54820030517</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E95" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G95" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H95" s="56" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A96" s="43">
+        <v>94</v>
+      </c>
+      <c r="B96" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="C96" s="10">
+        <v>54820040074</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E96" s="18">
+        <v>0.04</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G96" s="3">
+        <v>46387</v>
+      </c>
+      <c r="H96" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A97" s="43">
+        <v>95</v>
+      </c>
+      <c r="B97" s="44" t="s">
+        <v>20</v>
+      </c>
+      <c r="C97" s="10">
+        <v>54820040074</v>
+      </c>
+      <c r="D97" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E97" s="18">
+        <v>0.6</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G97" s="3">
+        <v>46753</v>
+      </c>
+      <c r="H97" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A98" s="43">
+        <v>96</v>
+      </c>
+      <c r="B98" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="C98" s="10">
+        <v>54820050036</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E98" s="18">
+        <v>8.3699999999999992</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G98" s="3">
+        <v>47483</v>
+      </c>
+      <c r="H98" s="44" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A99" s="43">
+        <v>97</v>
+      </c>
+      <c r="B99" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="C85" s="10">
-[...5 lines deleted...]
-      <c r="E85" s="15">
+      <c r="C99" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E99" s="4">
+        <v>1</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G99" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H99" s="44" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A100" s="43">
+        <v>98</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C100" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E100" s="36">
+        <v>0.01</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G100" s="33">
+        <v>46387</v>
+      </c>
+      <c r="H100" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A101" s="43">
+        <v>99</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C101" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D101" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E101" s="36">
+        <v>0.02</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G101" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H101" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A102" s="43">
+        <v>100</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C102" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E102" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G102" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H102" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A103" s="43">
+        <v>101</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C103" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D103" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E103" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G103" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H103" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A104" s="43">
+        <v>102</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C104" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E104" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G104" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H104" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A105" s="43">
+        <v>103</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C105" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D105" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E105" s="36">
         <v>0.03</v>
       </c>
-      <c r="F85" s="4" t="s">
-[...74 lines deleted...]
-      <c r="E88" s="15">
+      <c r="F105" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G105" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H105" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A106" s="43">
+        <v>104</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C106" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D106" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E106" s="36">
         <v>0.04</v>
       </c>
-      <c r="F88" s="4" t="s">
-[...2 lines deleted...]
-      <c r="G88" s="14">
+      <c r="F106" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G106" s="33">
+        <v>46387</v>
+      </c>
+      <c r="H106" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A107" s="43">
+        <v>105</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C107" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D107" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E107" s="36">
+        <v>0.03</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G107" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H107" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A108" s="43">
+        <v>106</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C108" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E108" s="36">
+        <v>0.03</v>
+      </c>
+      <c r="F108" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G108" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H108" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A109" s="43">
+        <v>107</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C109" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E109" s="36">
+        <v>0.03</v>
+      </c>
+      <c r="F109" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G109" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H109" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A110" s="43">
+        <v>108</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C110" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E110" s="36">
+        <v>0.04</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G110" s="33">
+        <v>46387</v>
+      </c>
+      <c r="H110" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A111" s="43">
+        <v>109</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C111" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E111" s="36">
+        <v>0.03</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G111" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H111" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A112" s="43">
+        <v>110</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E112" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G112" s="33">
+        <v>46752</v>
+      </c>
+      <c r="H112" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A113" s="43">
+        <v>111</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C113" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E113" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G113" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H113" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A114" s="43">
+        <v>112</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E114" s="36">
+        <v>0.06</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G114" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H114" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A115" s="43">
+        <v>113</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C115" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E115" s="36">
+        <v>0.05</v>
+      </c>
+      <c r="F115" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G115" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H115" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A116" s="43">
+        <v>114</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C116" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E116" s="36">
+        <v>0.04</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G116" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H116" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A117" s="43">
+        <v>115</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C117" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E117" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F117" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G117" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H117" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A118" s="43">
+        <v>116</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C118" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E118" s="36">
+        <v>0.06</v>
+      </c>
+      <c r="F118" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G118" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H118" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A119" s="43">
+        <v>117</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C119" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E119" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F119" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G119" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H119" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A120" s="43">
+        <v>118</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C120" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E120" s="36">
+        <v>0.02</v>
+      </c>
+      <c r="F120" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G120" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H120" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A121" s="43">
+        <v>119</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C121" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E121" s="36">
+        <v>0.02</v>
+      </c>
+      <c r="F121" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G121" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H121" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A122" s="43">
+        <v>120</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C122" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E122" s="36">
+        <v>0.05</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G122" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H122" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A123" s="43">
+        <v>121</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C123" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E123" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F123" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G123" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H123" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A124" s="43">
+        <v>122</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C124" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E124" s="15">
+        <v>0.03</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G124" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H124" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A125" s="43">
+        <v>123</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C125" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E125" s="36">
+        <v>0.22</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G125" s="33">
         <v>47483</v>
       </c>
-      <c r="H88" s="62" t="s">
-[...16 lines deleted...]
-      <c r="E89" s="15">
+      <c r="H125" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A126" s="43">
+        <v>124</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C126" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E126" s="37">
+        <v>0.06</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G126" s="33">
+        <v>47119</v>
+      </c>
+      <c r="H126" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A127" s="43">
+        <v>125</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C127" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E127" s="35">
+        <v>0.01</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G127" s="38">
+        <v>46387</v>
+      </c>
+      <c r="H127" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A128" s="43">
+        <v>126</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C128" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E128" s="35">
+        <v>0.01</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G128" s="39">
+        <v>48213</v>
+      </c>
+      <c r="H128" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A129" s="43">
+        <v>127</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E129" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F129" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G129" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H129" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A130" s="43">
+        <v>128</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E130" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G130" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H130" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A131" s="43">
+        <v>129</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C131" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E131" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G131" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H131" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A132" s="43">
+        <v>130</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C132" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E132" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="F89" s="4" t="s">
-[...22 lines deleted...]
-      <c r="E90" s="15">
+      <c r="F132" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G132" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H132" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A133" s="43">
+        <v>131</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C133" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E133" s="36">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F133" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G133" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H133" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A134" s="43">
+        <v>132</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C134" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E134" s="36">
         <v>0.04</v>
       </c>
-      <c r="F90" s="4" t="s">
-[...236 lines deleted...]
-      <c r="G99" s="14">
+      <c r="F134" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G134" s="33">
         <v>47483</v>
       </c>
-      <c r="H99" s="62" t="s">
-[...198 lines deleted...]
-      <c r="E107" s="38">
+      <c r="H134" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A135" s="43">
+        <v>133</v>
+      </c>
+      <c r="B135" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C135" s="10">
+        <v>54820050168</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E135" s="15">
         <v>0.02</v>
       </c>
-      <c r="F107" s="4" t="s">
-[...100 lines deleted...]
-      <c r="E111" s="38">
+      <c r="F135" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G135" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H135" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A136" s="43">
+        <v>134</v>
+      </c>
+      <c r="B136" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C136" s="10">
+        <v>54820050168</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E136" s="16">
         <v>0.03</v>
       </c>
-      <c r="F111" s="4" t="s">
-[...48 lines deleted...]
-      <c r="E113" s="38">
+      <c r="F136" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G136" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H136" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A137" s="43">
+        <v>135</v>
+      </c>
+      <c r="B137" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C137" s="10">
+        <v>54820050168</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E137" s="15">
+        <v>0.02</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G137" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H137" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A138" s="43">
+        <v>136</v>
+      </c>
+      <c r="B138" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C138" s="10">
+        <v>54820050168</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E138" s="15">
         <v>0.03</v>
       </c>
-      <c r="F113" s="4" t="s">
-[...334 lines deleted...]
-      <c r="E126" s="38">
+      <c r="F138" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G138" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H138" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A139" s="43">
+        <v>137</v>
+      </c>
+      <c r="B139" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C139" s="10">
+        <v>54820050168</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E139" s="15">
         <v>0.02</v>
       </c>
-      <c r="F126" s="4" t="s">
-[...22 lines deleted...]
-      <c r="E127" s="38">
+      <c r="F139" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G139" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H139" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A140" s="43">
+        <v>138</v>
+      </c>
+      <c r="B140" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="C140" s="10">
+        <v>54820050168</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E140" s="15">
         <v>0.02</v>
       </c>
-      <c r="F127" s="4" t="s">
-[...336 lines deleted...]
-      </c>
       <c r="F140" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G140" s="14">
+        <v>47118</v>
+      </c>
+      <c r="H140" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="141" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A141" s="46">
+      <c r="A141" s="43">
         <v>139</v>
       </c>
-      <c r="B141" s="48" t="s">
-        <v>27</v>
+      <c r="B141" s="45" t="s">
+        <v>22</v>
       </c>
       <c r="C141" s="10">
         <v>54820050168</v>
       </c>
       <c r="D141" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E141" s="15">
-        <v>0.02</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="F141" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G141" s="14">
         <v>47118</v>
       </c>
-      <c r="H141" s="62" t="s">
-        <v>64</v>
+      <c r="H141" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="142" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A142" s="46">
+      <c r="A142" s="43">
         <v>140</v>
       </c>
-      <c r="B142" s="48" t="s">
-        <v>27</v>
+      <c r="B142" s="45" t="s">
+        <v>22</v>
       </c>
       <c r="C142" s="10">
         <v>54820050168</v>
       </c>
       <c r="D142" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.03</v>
+        <v>35</v>
+      </c>
+      <c r="E142" s="15">
+        <v>0.14000000000000001</v>
       </c>
       <c r="F142" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G142" s="14">
         <v>47118</v>
       </c>
-      <c r="H142" s="62" t="s">
-        <v>64</v>
+      <c r="H142" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="143" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A143" s="46">
+      <c r="A143" s="43">
         <v>141</v>
       </c>
-      <c r="B143" s="48" t="s">
-        <v>27</v>
+      <c r="B143" s="45" t="s">
+        <v>22</v>
       </c>
       <c r="C143" s="10">
         <v>54820050168</v>
       </c>
       <c r="D143" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E143" s="15">
         <v>0.02</v>
       </c>
       <c r="F143" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G143" s="14">
         <v>47118</v>
       </c>
-      <c r="H143" s="62" t="s">
+      <c r="H143" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="69.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A144" s="43">
+        <v>142</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" s="10">
+        <v>54820050176</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E144" s="18">
+        <v>3.75</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G144" s="40">
+        <v>46387</v>
+      </c>
+      <c r="H144" s="56" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A145" s="43">
+        <v>143</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" s="10">
+        <v>54820050176</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E145" s="18">
+        <v>0.04</v>
+      </c>
+      <c r="F145" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G145" s="29">
+        <v>46387</v>
+      </c>
+      <c r="H145" s="56" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A146" s="43">
+        <v>144</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" s="10">
+        <v>54820050176</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E146" s="4">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F146" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G146" s="3">
+        <v>46387</v>
+      </c>
+      <c r="H146" s="56" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="144" spans="1:8" x14ac:dyDescent="0.3">
-[...78 lines deleted...]
-      <c r="A147" s="46">
+    <row r="147" spans="1:11" ht="69.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A147" s="43">
         <v>145</v>
       </c>
-      <c r="B147" s="48" t="s">
-        <v>27</v>
+      <c r="B147" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="C147" s="10">
-        <v>54820050168</v>
+        <v>54820050176</v>
       </c>
       <c r="D147" s="10" t="s">
-        <v>46</v>
-[...11 lines deleted...]
-        <v>64</v>
+        <v>43</v>
+      </c>
+      <c r="E147" s="4">
+        <v>16.3</v>
+      </c>
+      <c r="F147" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G147" s="3">
+        <v>46387</v>
+      </c>
+      <c r="H147" s="44" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="148" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A148" s="46">
+      <c r="A148" s="43">
         <v>146</v>
       </c>
-      <c r="B148" s="48" t="s">
-        <v>27</v>
+      <c r="B148" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="C148" s="10">
-        <v>54820050168</v>
+        <v>54820050176</v>
       </c>
       <c r="D148" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.14000000000000001</v>
+        <v>35</v>
+      </c>
+      <c r="E148" s="4">
+        <v>0.05</v>
       </c>
       <c r="F148" s="4" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="G148" s="3">
+        <v>47118</v>
+      </c>
+      <c r="H148" s="56" t="s">
+        <v>52</v>
+      </c>
+      <c r="I148" s="53"/>
+      <c r="J148" s="54"/>
+      <c r="K148" s="55"/>
     </row>
     <row r="149" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A149" s="46">
+      <c r="A149" s="43">
         <v>147</v>
       </c>
-      <c r="B149" s="48" t="s">
-        <v>27</v>
+      <c r="B149" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="C149" s="10">
-        <v>54820050168</v>
+        <v>54820050176</v>
       </c>
       <c r="D149" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>43</v>
+      </c>
+      <c r="E149" s="4">
+        <v>0.01</v>
       </c>
       <c r="F149" s="4" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>36</v>
+      </c>
+      <c r="G149" s="3">
+        <v>48579</v>
+      </c>
+      <c r="H149" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="150" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A150" s="46">
+      <c r="A150" s="43">
         <v>148</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C150" s="10">
-        <v>54820050176</v>
+        <v>54820050181</v>
       </c>
       <c r="D150" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.2</v>
+        <v>43</v>
+      </c>
+      <c r="E150" s="10">
+        <v>0.5</v>
       </c>
       <c r="F150" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G150" s="3">
-        <v>46022</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>48213</v>
+      </c>
+      <c r="H150" s="44" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A151" s="46">
+      <c r="A151" s="43">
         <v>149</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C151" s="10">
-        <v>54820050176</v>
+        <v>54820050181</v>
       </c>
       <c r="D151" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.6</v>
+        <v>43</v>
+      </c>
+      <c r="E151" s="4">
+        <v>1.3</v>
       </c>
       <c r="F151" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G151" s="3">
-        <v>46022</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>46387</v>
+      </c>
+      <c r="H151" s="44" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="152" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A152" s="46">
+      <c r="A152" s="43">
         <v>150</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C152" s="10">
-        <v>54820050176</v>
+        <v>54820050181</v>
       </c>
       <c r="D152" s="10" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0.01</v>
+        <v>35</v>
+      </c>
+      <c r="E152" s="4">
+        <v>0.3</v>
       </c>
       <c r="F152" s="4" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G152" s="3">
-        <v>48579</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>46387</v>
+      </c>
+      <c r="H152" s="56" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="153" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A153" s="46">
+      <c r="A153" s="43">
         <v>151</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="C153" s="10">
-        <v>54820050176</v>
+        <v>54820050502</v>
       </c>
       <c r="D153" s="10" t="s">
-        <v>46</v>
-[...15 lines deleted...]
-      <c r="A154" s="46">
+        <v>43</v>
+      </c>
+      <c r="E153" s="34">
+        <v>5.69</v>
+      </c>
+      <c r="F153" s="34" t="s">
+        <v>50</v>
+      </c>
+      <c r="G153" s="33">
+        <v>47118</v>
+      </c>
+      <c r="H153" s="56" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A154" s="43">
         <v>152</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>12</v>
+        <v>91</v>
       </c>
       <c r="C154" s="10">
-        <v>54820050176</v>
+        <v>54820050517</v>
       </c>
       <c r="D154" s="10" t="s">
-        <v>55</v>
-[...15 lines deleted...]
-      <c r="A155" s="46">
+        <v>43</v>
+      </c>
+      <c r="E154" s="34">
+        <v>5.7</v>
+      </c>
+      <c r="F154" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="G154" s="33">
+        <v>47483</v>
+      </c>
+      <c r="H154" s="56" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" s="57" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="43">
         <v>153</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C155" s="10">
-        <v>54820050176</v>
+        <v>54820050518</v>
       </c>
       <c r="D155" s="10" t="s">
-        <v>46</v>
-[...15 lines deleted...]
-      <c r="A156" s="46">
+        <v>43</v>
+      </c>
+      <c r="E155" s="46">
+        <v>2</v>
+      </c>
+      <c r="F155" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="G155" s="33">
+        <v>46387</v>
+      </c>
+      <c r="H155" s="44" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A156" s="43">
         <v>154</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C156" s="10">
-        <v>54820050176</v>
+        <v>54820050519</v>
       </c>
       <c r="D156" s="10" t="s">
-        <v>55</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>43</v>
+      </c>
+      <c r="E156" s="48">
+        <v>0.8</v>
+      </c>
+      <c r="F156" s="47" t="s">
+        <v>36</v>
+      </c>
+      <c r="G156" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H156" s="44" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="157" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A157" s="46">
+      <c r="A157" s="43">
         <v>155</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C157" s="10">
-        <v>54820050176</v>
+        <v>54820050519</v>
       </c>
       <c r="D157" s="10" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E157" s="18">
-        <v>0.04</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>1</v>
+      </c>
+      <c r="F157" s="47" t="s">
+        <v>36</v>
+      </c>
+      <c r="G157" s="3">
+        <v>48213</v>
+      </c>
+      <c r="H157" s="44" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="158" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A158" s="46">
+      <c r="A158" s="43">
         <v>156</v>
       </c>
-      <c r="B158" s="5" t="s">
-        <v>12</v>
+      <c r="B158" s="59" t="s">
+        <v>16</v>
       </c>
       <c r="C158" s="10">
-        <v>54820050176</v>
+        <v>54820050519</v>
       </c>
       <c r="D158" s="10" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>43</v>
+      </c>
+      <c r="E158" s="18">
+        <v>1.3</v>
+      </c>
+      <c r="F158" s="18" t="s">
+        <v>36</v>
       </c>
       <c r="G158" s="3">
-        <v>46387</v>
-[...29 lines deleted...]
-      </c>
+        <v>48213</v>
+      </c>
+      <c r="H158" s="56" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="B159" s="7"/>
+      <c r="C159" s="8"/>
+      <c r="D159" s="8"/>
+      <c r="E159" s="8"/>
+      <c r="F159" s="8"/>
+      <c r="G159" s="7"/>
     </row>
     <row r="160" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A160" s="46">
-[...365 lines deleted...]
-    <row r="174" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B160" s="7"/>
+      <c r="C160" s="7"/>
+      <c r="D160" s="7"/>
+      <c r="E160" s="7"/>
+      <c r="F160" s="7"/>
+      <c r="G160" s="7"/>
+    </row>
+    <row r="161" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B161" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C161" s="7"/>
+      <c r="D161" s="7"/>
+      <c r="E161" s="7"/>
+      <c r="F161" s="7"/>
+      <c r="G161" s="7"/>
+    </row>
+    <row r="162" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B162" s="7"/>
+      <c r="C162" s="7"/>
+      <c r="D162" s="7"/>
+      <c r="E162" s="7"/>
+      <c r="F162" s="7"/>
+      <c r="G162" s="7"/>
+    </row>
+    <row r="163" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B163" s="7"/>
+      <c r="C163" s="9"/>
+      <c r="D163" s="9"/>
+      <c r="E163" s="7"/>
+      <c r="F163" s="7"/>
+      <c r="G163" s="7"/>
+    </row>
+    <row r="164" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B164" s="7"/>
+      <c r="C164" s="7"/>
+      <c r="D164" s="7"/>
+      <c r="E164" s="7"/>
+      <c r="F164" s="7"/>
+      <c r="G164" s="7"/>
+    </row>
+    <row r="165" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B165" s="7"/>
+      <c r="C165" s="7"/>
+      <c r="D165" s="7"/>
+      <c r="E165" s="7"/>
+      <c r="F165" s="7"/>
+      <c r="G165" s="7"/>
+    </row>
+    <row r="166" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B166" s="7"/>
+      <c r="C166" s="7"/>
+      <c r="D166" s="7"/>
+      <c r="E166" s="7"/>
+      <c r="F166" s="7"/>
+      <c r="G166" s="7"/>
+    </row>
+    <row r="167" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B167" s="7"/>
+      <c r="C167" s="7"/>
+      <c r="D167" s="7"/>
+      <c r="E167" s="7"/>
+      <c r="F167" s="7"/>
+      <c r="G167" s="7"/>
+    </row>
+    <row r="168" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B168" s="7"/>
+      <c r="C168" s="7"/>
+      <c r="D168" s="7"/>
+      <c r="E168" s="7"/>
+      <c r="F168" s="7"/>
+      <c r="G168" s="7"/>
+    </row>
+    <row r="169" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B169" s="7"/>
+      <c r="C169" s="7"/>
+      <c r="D169" s="7"/>
+      <c r="E169" s="7"/>
+      <c r="F169" s="7"/>
+      <c r="G169" s="7"/>
+    </row>
+    <row r="170" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B170" s="7"/>
+      <c r="C170" s="7"/>
+      <c r="D170" s="7"/>
+      <c r="E170" s="7"/>
+      <c r="F170" s="7"/>
+      <c r="G170" s="7"/>
+    </row>
+    <row r="171" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B171" s="7"/>
+      <c r="C171" s="7"/>
+      <c r="D171" s="7"/>
+      <c r="E171" s="7"/>
+      <c r="F171" s="7"/>
+      <c r="G171" s="7"/>
+    </row>
+    <row r="172" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B172" s="7"/>
+      <c r="C172" s="7"/>
+      <c r="D172" s="7"/>
+      <c r="E172" s="7"/>
+      <c r="F172" s="7"/>
+      <c r="G172" s="7"/>
+    </row>
+    <row r="173" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B173" s="7"/>
+      <c r="C173" s="7"/>
+      <c r="D173" s="7"/>
+      <c r="E173" s="7"/>
+      <c r="F173" s="7"/>
+      <c r="G173" s="7"/>
+    </row>
+    <row r="174" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B174" s="7"/>
-      <c r="C174" s="8"/>
-[...2 lines deleted...]
-      <c r="F174" s="8"/>
+      <c r="C174" s="7"/>
+      <c r="D174" s="7"/>
+      <c r="E174" s="7"/>
+      <c r="F174" s="7"/>
       <c r="G174" s="7"/>
     </row>
-    <row r="175" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="175" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B175" s="7"/>
       <c r="C175" s="7"/>
       <c r="D175" s="7"/>
       <c r="E175" s="7"/>
       <c r="F175" s="7"/>
       <c r="G175" s="7"/>
     </row>
-    <row r="176" spans="1:8" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      </c>
+    <row r="176" spans="2:7" x14ac:dyDescent="0.3">
+      <c r="B176" s="7"/>
       <c r="C176" s="7"/>
       <c r="D176" s="7"/>
       <c r="E176" s="7"/>
       <c r="F176" s="7"/>
       <c r="G176" s="7"/>
     </row>
     <row r="177" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B177" s="7"/>
       <c r="C177" s="7"/>
       <c r="D177" s="7"/>
       <c r="E177" s="7"/>
       <c r="F177" s="7"/>
       <c r="G177" s="7"/>
     </row>
     <row r="178" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B178" s="7"/>
-      <c r="C178" s="9"/>
-      <c r="D178" s="9"/>
+      <c r="C178" s="7"/>
+      <c r="D178" s="7"/>
       <c r="E178" s="7"/>
       <c r="F178" s="7"/>
       <c r="G178" s="7"/>
     </row>
     <row r="179" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B179" s="7"/>
       <c r="C179" s="7"/>
       <c r="D179" s="7"/>
       <c r="E179" s="7"/>
       <c r="F179" s="7"/>
       <c r="G179" s="7"/>
     </row>
     <row r="180" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B180" s="7"/>
       <c r="C180" s="7"/>
       <c r="D180" s="7"/>
       <c r="E180" s="7"/>
       <c r="F180" s="7"/>
       <c r="G180" s="7"/>
     </row>
     <row r="181" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B181" s="7"/>
       <c r="C181" s="7"/>
       <c r="D181" s="7"/>
       <c r="E181" s="7"/>
@@ -5611,180 +5299,60 @@
     </row>
     <row r="184" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B184" s="7"/>
       <c r="C184" s="7"/>
       <c r="D184" s="7"/>
       <c r="E184" s="7"/>
       <c r="F184" s="7"/>
       <c r="G184" s="7"/>
     </row>
     <row r="185" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B185" s="7"/>
       <c r="C185" s="7"/>
       <c r="D185" s="7"/>
       <c r="E185" s="7"/>
       <c r="F185" s="7"/>
       <c r="G185" s="7"/>
     </row>
     <row r="186" spans="2:7" x14ac:dyDescent="0.3">
       <c r="B186" s="7"/>
       <c r="C186" s="7"/>
       <c r="D186" s="7"/>
       <c r="E186" s="7"/>
       <c r="F186" s="7"/>
       <c r="G186" s="7"/>
     </row>
-    <row r="187" spans="2:7" x14ac:dyDescent="0.3">
-[...118 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="G1:G201" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="G1:G186" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="C23:C24 C28:C29 C33 E43 C105:C127 C128:C140 C25" numberStoredAsText="1"/>
+    <ignoredError sqref="C18:C19 C25 C27 C99:C121 C122:C134 C20" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>