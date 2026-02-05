--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,9039 +1,7418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27425"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA4269CE-C951-441A-BFC0-5B51D7129B4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\liga.lauga\Desktop\darbs\kalciems\nomas_ligumi\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60B339D4-1CD6-44B2-AAA6-9B340805C76F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{476700F4-2C12-429A-A60B-ABC220E8B75C}"/>
   </bookViews>
   <sheets>
-    <sheet name="04_2024" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'04_2024'!$B$2:$H$303</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$WVP$212</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1221" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="853" uniqueCount="116">
+  <si>
+    <t>Kadastra apzīmējums</t>
+  </si>
+  <si>
+    <t>Platība (Ha)</t>
+  </si>
+  <si>
+    <t>Spēkā līdz</t>
+  </si>
+  <si>
+    <t>Nomas maksa (likme %, EUR)</t>
+  </si>
+  <si>
+    <t>Iznomāšanas mērķis ( LAZNL, AZNL, lauksaimniecība, palīgsaimniecība)</t>
+  </si>
+  <si>
+    <t>Perspektīvais kūdras un māla karjers</t>
+  </si>
+  <si>
+    <t>par 19.17ha -271.44EUR/ha bez PVN, par 22.11ha -1.5% no KV, NĪN</t>
+  </si>
+  <si>
+    <t>Derīgo izrakteņu ieguvei</t>
+  </si>
+  <si>
+    <t>Gulbīši</t>
+  </si>
+  <si>
+    <t>par 18,71ha- 389.71EUR/ha bez PVN, par 29.46h- 1.5% no KV, NĪN</t>
+  </si>
+  <si>
+    <t>Pašvaldībai piekritīga zeme</t>
+  </si>
+  <si>
+    <t>1.5% no KV, be ne mazāk kā 5EUR*, NĪN</t>
+  </si>
+  <si>
+    <t>Palīgsaimniecība</t>
+  </si>
+  <si>
+    <t>Kalnciema pašvaldības ūdeņi</t>
+  </si>
+  <si>
+    <t>1.masīvs 189</t>
+  </si>
+  <si>
+    <t>Noras</t>
+  </si>
+  <si>
+    <t>Kalnciemkrasti</t>
+  </si>
+  <si>
+    <t>1.masīvs 206</t>
+  </si>
+  <si>
+    <t>Pagasta zeme</t>
+  </si>
+  <si>
+    <t>3.masīvs 6</t>
+  </si>
+  <si>
+    <t>1.masīvs 162</t>
+  </si>
+  <si>
+    <t>1.masīvs 20A</t>
+  </si>
+  <si>
+    <t>1.masīvs 160</t>
+  </si>
+  <si>
+    <t>Cepļi</t>
+  </si>
+  <si>
+    <t>Līdumnieki</t>
+  </si>
+  <si>
+    <t>Lielluģi</t>
+  </si>
+  <si>
+    <t>Mazluģi</t>
+  </si>
+  <si>
+    <t>Mežrozītes</t>
+  </si>
+  <si>
+    <t>Augļu dārzs</t>
+  </si>
+  <si>
+    <t>Kalnciema publiskie ūdeņi</t>
+  </si>
+  <si>
+    <t>1.masīvs 23</t>
+  </si>
+  <si>
+    <t>1.masīvs 13</t>
+  </si>
+  <si>
+    <t>2.masīvs 46</t>
+  </si>
+  <si>
+    <t>1.masīvs 8</t>
+  </si>
+  <si>
+    <t>1.masīvs 39</t>
+  </si>
+  <si>
+    <t>3.masīvs 53</t>
+  </si>
+  <si>
+    <t>1.masīvs 166</t>
+  </si>
+  <si>
+    <t>1.masīvs 45</t>
+  </si>
+  <si>
+    <t>2.masīvs 96</t>
+  </si>
+  <si>
+    <t>Lielupes iela 33</t>
+  </si>
+  <si>
+    <t>Pašvaldībai piekritīgā zeme</t>
+  </si>
+  <si>
+    <t>1.masīvs 43</t>
+  </si>
+  <si>
+    <t>2.masīvs 22</t>
+  </si>
+  <si>
+    <t>1.masīvs 31</t>
+  </si>
+  <si>
+    <t>2.masīvs 70</t>
+  </si>
+  <si>
+    <t>Pašvaldības zeme</t>
+  </si>
+  <si>
+    <t>1.masīvs 157</t>
+  </si>
+  <si>
+    <t>1.masīvs 158</t>
+  </si>
+  <si>
+    <t>Pašvaldībai piekritīgāz zeme</t>
+  </si>
+  <si>
+    <t>1.masīvs 40</t>
+  </si>
+  <si>
+    <t>2.masīvs 110</t>
+  </si>
+  <si>
+    <t>1.masīvs 75</t>
+  </si>
+  <si>
+    <t>2.masīvs 33</t>
+  </si>
+  <si>
+    <t>160.00 bez PNV, NĪN</t>
+  </si>
+  <si>
+    <t>Atpūtas vietas izveidei</t>
+  </si>
+  <si>
+    <t>3.masīvs 22</t>
+  </si>
+  <si>
+    <t>2.masīvs 26</t>
+  </si>
+  <si>
+    <t>1.masīvs 34</t>
+  </si>
+  <si>
+    <t>1.masivs 211</t>
+  </si>
+  <si>
+    <t>0,063</t>
+  </si>
+  <si>
+    <t>2.masīvs 43</t>
+  </si>
+  <si>
+    <t>3.masīvs 53A</t>
+  </si>
+  <si>
+    <t>0,09</t>
+  </si>
+  <si>
+    <t>Jelgavas iela 10A</t>
+  </si>
+  <si>
+    <t>1.masīvs 15</t>
+  </si>
+  <si>
+    <t>2.masīvs 76</t>
+  </si>
+  <si>
+    <t>3.masīvs 28</t>
+  </si>
+  <si>
+    <t>3.masīvs 3</t>
+  </si>
+  <si>
+    <t>2.masīvs 32</t>
+  </si>
+  <si>
+    <t>1.masīvs 108</t>
+  </si>
+  <si>
+    <t>0,02</t>
+  </si>
+  <si>
+    <t>3.masīvs 1</t>
+  </si>
+  <si>
+    <t>1.masīvs 91</t>
+  </si>
+  <si>
+    <t>2.masīvs 87</t>
+  </si>
+  <si>
+    <t>1.masīva augļu dārzs Nr. 181</t>
+  </si>
+  <si>
+    <t>3.masīvs 35</t>
+  </si>
+  <si>
+    <t>2.masīvs 60</t>
+  </si>
+  <si>
+    <t>1.masīvs 71</t>
+  </si>
+  <si>
+    <t>2.masīvs 15</t>
+  </si>
+  <si>
+    <t>1.masīvs 200A</t>
+  </si>
+  <si>
+    <t>PIenenīte</t>
+  </si>
+  <si>
+    <t>1.masīvs 102</t>
+  </si>
+  <si>
+    <t>2.masīvs 97</t>
+  </si>
+  <si>
+    <t>1.masīvs 207</t>
+  </si>
+  <si>
+    <t>0,0474</t>
+  </si>
+  <si>
+    <t>1masīvs 117</t>
+  </si>
+  <si>
+    <t>2.masīvs 64</t>
+  </si>
+  <si>
+    <t>1.masīvs 202</t>
+  </si>
+  <si>
+    <t>1.masīvs 68A</t>
+  </si>
+  <si>
+    <t>Rezerves zeme</t>
+  </si>
+  <si>
+    <t xml:space="preserve">palīgsaimniecība </t>
+  </si>
+  <si>
+    <t>Atbalstsienas uzturēšanai</t>
+  </si>
+  <si>
+    <t>1.masīvs 275</t>
+  </si>
+  <si>
+    <t>3.masīvs 46</t>
+  </si>
+  <si>
+    <t>1.5% no KV, bet ne mazāk kā 28EUR</t>
+  </si>
+  <si>
+    <t>1.masīvs 78A</t>
+  </si>
+  <si>
+    <t>Pagaasta zeme</t>
+  </si>
+  <si>
+    <t>Odiņu dīkis</t>
+  </si>
+  <si>
+    <t>Pašvaldībāi piekritīgā zeme</t>
+  </si>
+  <si>
+    <t>2.masīvs 50</t>
+  </si>
+  <si>
+    <t>3.masīvs 10</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lielupes iela 33</t>
+  </si>
+  <si>
+    <t>Pgasta zeme</t>
+  </si>
+  <si>
+    <t>2.masīvs 55</t>
+  </si>
+  <si>
+    <t>2.masīvs 57</t>
+  </si>
+  <si>
+    <t>1.masīvs 41</t>
+  </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
-    <t>Zemes vienības kadastra apzīmējums</t>
-[...1 lines deleted...]
-  <si>
     <t>Nekustamā īpašuma nosaukums, adrese</t>
   </si>
   <si>
-    <t>Nomas objekta platība (ha)</t>
-[...164 lines deleted...]
-    <t>1.masīvs 200A</t>
+    <t>Starpgabals</t>
+  </si>
+  <si>
+    <t>Juridiska persona</t>
+  </si>
+  <si>
+    <t>1463 bez PVN, NĪN</t>
+  </si>
+  <si>
+    <t>šķeldas koksnes novietošanai</t>
+  </si>
+  <si>
+    <t>Fiziska persona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomnieks </t>
   </si>
   <si>
     <t>Luģi-1</t>
   </si>
   <si>
-    <t>Pagasta zeme</t>
-[...389 lines deleted...]
-    <t>308.00 bez PVN, NĪN</t>
+    <t>Noslēgtie neapbūvētas zemes nomas līgumi Kalnciema pagastā</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0000"/>
+    <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...11 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H307"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84790F44-5DB0-4487-8149-ED1DD116C7F4}">
+  <dimension ref="A1:T212"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A77" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="H88" sqref="H88"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B213" sqref="B213"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.42578125" style="11" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="9.140625" style="22"/>
+    <col min="2" max="2" width="31.5703125" style="22" customWidth="1"/>
+    <col min="3" max="3" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" style="29" customWidth="1"/>
+    <col min="5" max="5" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="66.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="45.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9" max="252" width="9.140625" style="22"/>
+    <col min="253" max="253" width="31.5703125" style="22" customWidth="1"/>
+    <col min="254" max="254" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="255" max="255" width="11.7109375" style="22" customWidth="1"/>
+    <col min="256" max="256" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="257" max="257" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="258" max="258" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="259" max="259" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="260" max="260" width="7.85546875" style="22" customWidth="1"/>
+    <col min="261" max="261" width="16.140625" style="22" customWidth="1"/>
+    <col min="262" max="262" width="41.7109375" style="22" customWidth="1"/>
+    <col min="263" max="263" width="18.140625" style="22" customWidth="1"/>
+    <col min="264" max="264" width="27.140625" style="22" customWidth="1"/>
+    <col min="265" max="508" width="9.140625" style="22"/>
+    <col min="509" max="509" width="31.5703125" style="22" customWidth="1"/>
+    <col min="510" max="510" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="511" max="511" width="11.7109375" style="22" customWidth="1"/>
+    <col min="512" max="512" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="513" max="513" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="514" max="514" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="515" max="515" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="516" max="516" width="7.85546875" style="22" customWidth="1"/>
+    <col min="517" max="517" width="16.140625" style="22" customWidth="1"/>
+    <col min="518" max="518" width="41.7109375" style="22" customWidth="1"/>
+    <col min="519" max="519" width="18.140625" style="22" customWidth="1"/>
+    <col min="520" max="520" width="27.140625" style="22" customWidth="1"/>
+    <col min="521" max="764" width="9.140625" style="22"/>
+    <col min="765" max="765" width="31.5703125" style="22" customWidth="1"/>
+    <col min="766" max="766" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="767" max="767" width="11.7109375" style="22" customWidth="1"/>
+    <col min="768" max="768" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="769" max="769" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="770" max="770" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="771" max="771" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="772" max="772" width="7.85546875" style="22" customWidth="1"/>
+    <col min="773" max="773" width="16.140625" style="22" customWidth="1"/>
+    <col min="774" max="774" width="41.7109375" style="22" customWidth="1"/>
+    <col min="775" max="775" width="18.140625" style="22" customWidth="1"/>
+    <col min="776" max="776" width="27.140625" style="22" customWidth="1"/>
+    <col min="777" max="1020" width="9.140625" style="22"/>
+    <col min="1021" max="1021" width="31.5703125" style="22" customWidth="1"/>
+    <col min="1022" max="1022" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="1023" max="1023" width="11.7109375" style="22" customWidth="1"/>
+    <col min="1024" max="1024" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1025" max="1025" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="1026" max="1026" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1027" max="1027" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1028" max="1028" width="7.85546875" style="22" customWidth="1"/>
+    <col min="1029" max="1029" width="16.140625" style="22" customWidth="1"/>
+    <col min="1030" max="1030" width="41.7109375" style="22" customWidth="1"/>
+    <col min="1031" max="1031" width="18.140625" style="22" customWidth="1"/>
+    <col min="1032" max="1032" width="27.140625" style="22" customWidth="1"/>
+    <col min="1033" max="1276" width="9.140625" style="22"/>
+    <col min="1277" max="1277" width="31.5703125" style="22" customWidth="1"/>
+    <col min="1278" max="1278" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="1279" max="1279" width="11.7109375" style="22" customWidth="1"/>
+    <col min="1280" max="1280" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1281" max="1281" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="1282" max="1282" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1283" max="1283" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1284" max="1284" width="7.85546875" style="22" customWidth="1"/>
+    <col min="1285" max="1285" width="16.140625" style="22" customWidth="1"/>
+    <col min="1286" max="1286" width="41.7109375" style="22" customWidth="1"/>
+    <col min="1287" max="1287" width="18.140625" style="22" customWidth="1"/>
+    <col min="1288" max="1288" width="27.140625" style="22" customWidth="1"/>
+    <col min="1289" max="1532" width="9.140625" style="22"/>
+    <col min="1533" max="1533" width="31.5703125" style="22" customWidth="1"/>
+    <col min="1534" max="1534" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="1535" max="1535" width="11.7109375" style="22" customWidth="1"/>
+    <col min="1536" max="1536" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1537" max="1537" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="1538" max="1538" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1539" max="1539" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1540" max="1540" width="7.85546875" style="22" customWidth="1"/>
+    <col min="1541" max="1541" width="16.140625" style="22" customWidth="1"/>
+    <col min="1542" max="1542" width="41.7109375" style="22" customWidth="1"/>
+    <col min="1543" max="1543" width="18.140625" style="22" customWidth="1"/>
+    <col min="1544" max="1544" width="27.140625" style="22" customWidth="1"/>
+    <col min="1545" max="1788" width="9.140625" style="22"/>
+    <col min="1789" max="1789" width="31.5703125" style="22" customWidth="1"/>
+    <col min="1790" max="1790" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="1791" max="1791" width="11.7109375" style="22" customWidth="1"/>
+    <col min="1792" max="1792" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1793" max="1793" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="1794" max="1794" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1795" max="1795" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="1796" max="1796" width="7.85546875" style="22" customWidth="1"/>
+    <col min="1797" max="1797" width="16.140625" style="22" customWidth="1"/>
+    <col min="1798" max="1798" width="41.7109375" style="22" customWidth="1"/>
+    <col min="1799" max="1799" width="18.140625" style="22" customWidth="1"/>
+    <col min="1800" max="1800" width="27.140625" style="22" customWidth="1"/>
+    <col min="1801" max="2044" width="9.140625" style="22"/>
+    <col min="2045" max="2045" width="31.5703125" style="22" customWidth="1"/>
+    <col min="2046" max="2046" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="2047" max="2047" width="11.7109375" style="22" customWidth="1"/>
+    <col min="2048" max="2048" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2049" max="2049" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="2050" max="2050" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2051" max="2051" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2052" max="2052" width="7.85546875" style="22" customWidth="1"/>
+    <col min="2053" max="2053" width="16.140625" style="22" customWidth="1"/>
+    <col min="2054" max="2054" width="41.7109375" style="22" customWidth="1"/>
+    <col min="2055" max="2055" width="18.140625" style="22" customWidth="1"/>
+    <col min="2056" max="2056" width="27.140625" style="22" customWidth="1"/>
+    <col min="2057" max="2300" width="9.140625" style="22"/>
+    <col min="2301" max="2301" width="31.5703125" style="22" customWidth="1"/>
+    <col min="2302" max="2302" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="2303" max="2303" width="11.7109375" style="22" customWidth="1"/>
+    <col min="2304" max="2304" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2305" max="2305" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="2306" max="2306" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2307" max="2307" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2308" max="2308" width="7.85546875" style="22" customWidth="1"/>
+    <col min="2309" max="2309" width="16.140625" style="22" customWidth="1"/>
+    <col min="2310" max="2310" width="41.7109375" style="22" customWidth="1"/>
+    <col min="2311" max="2311" width="18.140625" style="22" customWidth="1"/>
+    <col min="2312" max="2312" width="27.140625" style="22" customWidth="1"/>
+    <col min="2313" max="2556" width="9.140625" style="22"/>
+    <col min="2557" max="2557" width="31.5703125" style="22" customWidth="1"/>
+    <col min="2558" max="2558" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="2559" max="2559" width="11.7109375" style="22" customWidth="1"/>
+    <col min="2560" max="2560" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2561" max="2561" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="2562" max="2562" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2563" max="2563" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2564" max="2564" width="7.85546875" style="22" customWidth="1"/>
+    <col min="2565" max="2565" width="16.140625" style="22" customWidth="1"/>
+    <col min="2566" max="2566" width="41.7109375" style="22" customWidth="1"/>
+    <col min="2567" max="2567" width="18.140625" style="22" customWidth="1"/>
+    <col min="2568" max="2568" width="27.140625" style="22" customWidth="1"/>
+    <col min="2569" max="2812" width="9.140625" style="22"/>
+    <col min="2813" max="2813" width="31.5703125" style="22" customWidth="1"/>
+    <col min="2814" max="2814" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="2815" max="2815" width="11.7109375" style="22" customWidth="1"/>
+    <col min="2816" max="2816" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2817" max="2817" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="2818" max="2818" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2819" max="2819" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="2820" max="2820" width="7.85546875" style="22" customWidth="1"/>
+    <col min="2821" max="2821" width="16.140625" style="22" customWidth="1"/>
+    <col min="2822" max="2822" width="41.7109375" style="22" customWidth="1"/>
+    <col min="2823" max="2823" width="18.140625" style="22" customWidth="1"/>
+    <col min="2824" max="2824" width="27.140625" style="22" customWidth="1"/>
+    <col min="2825" max="3068" width="9.140625" style="22"/>
+    <col min="3069" max="3069" width="31.5703125" style="22" customWidth="1"/>
+    <col min="3070" max="3070" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="3071" max="3071" width="11.7109375" style="22" customWidth="1"/>
+    <col min="3072" max="3072" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3073" max="3073" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="3074" max="3074" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3075" max="3075" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3076" max="3076" width="7.85546875" style="22" customWidth="1"/>
+    <col min="3077" max="3077" width="16.140625" style="22" customWidth="1"/>
+    <col min="3078" max="3078" width="41.7109375" style="22" customWidth="1"/>
+    <col min="3079" max="3079" width="18.140625" style="22" customWidth="1"/>
+    <col min="3080" max="3080" width="27.140625" style="22" customWidth="1"/>
+    <col min="3081" max="3324" width="9.140625" style="22"/>
+    <col min="3325" max="3325" width="31.5703125" style="22" customWidth="1"/>
+    <col min="3326" max="3326" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="3327" max="3327" width="11.7109375" style="22" customWidth="1"/>
+    <col min="3328" max="3328" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3329" max="3329" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="3330" max="3330" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3331" max="3331" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3332" max="3332" width="7.85546875" style="22" customWidth="1"/>
+    <col min="3333" max="3333" width="16.140625" style="22" customWidth="1"/>
+    <col min="3334" max="3334" width="41.7109375" style="22" customWidth="1"/>
+    <col min="3335" max="3335" width="18.140625" style="22" customWidth="1"/>
+    <col min="3336" max="3336" width="27.140625" style="22" customWidth="1"/>
+    <col min="3337" max="3580" width="9.140625" style="22"/>
+    <col min="3581" max="3581" width="31.5703125" style="22" customWidth="1"/>
+    <col min="3582" max="3582" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="3583" max="3583" width="11.7109375" style="22" customWidth="1"/>
+    <col min="3584" max="3584" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3585" max="3585" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="3586" max="3586" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3587" max="3587" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3588" max="3588" width="7.85546875" style="22" customWidth="1"/>
+    <col min="3589" max="3589" width="16.140625" style="22" customWidth="1"/>
+    <col min="3590" max="3590" width="41.7109375" style="22" customWidth="1"/>
+    <col min="3591" max="3591" width="18.140625" style="22" customWidth="1"/>
+    <col min="3592" max="3592" width="27.140625" style="22" customWidth="1"/>
+    <col min="3593" max="3836" width="9.140625" style="22"/>
+    <col min="3837" max="3837" width="31.5703125" style="22" customWidth="1"/>
+    <col min="3838" max="3838" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="3839" max="3839" width="11.7109375" style="22" customWidth="1"/>
+    <col min="3840" max="3840" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3841" max="3841" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="3842" max="3842" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3843" max="3843" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="3844" max="3844" width="7.85546875" style="22" customWidth="1"/>
+    <col min="3845" max="3845" width="16.140625" style="22" customWidth="1"/>
+    <col min="3846" max="3846" width="41.7109375" style="22" customWidth="1"/>
+    <col min="3847" max="3847" width="18.140625" style="22" customWidth="1"/>
+    <col min="3848" max="3848" width="27.140625" style="22" customWidth="1"/>
+    <col min="3849" max="4092" width="9.140625" style="22"/>
+    <col min="4093" max="4093" width="31.5703125" style="22" customWidth="1"/>
+    <col min="4094" max="4094" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="4095" max="4095" width="11.7109375" style="22" customWidth="1"/>
+    <col min="4096" max="4096" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4097" max="4097" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="4098" max="4098" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4099" max="4099" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4100" max="4100" width="7.85546875" style="22" customWidth="1"/>
+    <col min="4101" max="4101" width="16.140625" style="22" customWidth="1"/>
+    <col min="4102" max="4102" width="41.7109375" style="22" customWidth="1"/>
+    <col min="4103" max="4103" width="18.140625" style="22" customWidth="1"/>
+    <col min="4104" max="4104" width="27.140625" style="22" customWidth="1"/>
+    <col min="4105" max="4348" width="9.140625" style="22"/>
+    <col min="4349" max="4349" width="31.5703125" style="22" customWidth="1"/>
+    <col min="4350" max="4350" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="4351" max="4351" width="11.7109375" style="22" customWidth="1"/>
+    <col min="4352" max="4352" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4353" max="4353" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="4354" max="4354" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4355" max="4355" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4356" max="4356" width="7.85546875" style="22" customWidth="1"/>
+    <col min="4357" max="4357" width="16.140625" style="22" customWidth="1"/>
+    <col min="4358" max="4358" width="41.7109375" style="22" customWidth="1"/>
+    <col min="4359" max="4359" width="18.140625" style="22" customWidth="1"/>
+    <col min="4360" max="4360" width="27.140625" style="22" customWidth="1"/>
+    <col min="4361" max="4604" width="9.140625" style="22"/>
+    <col min="4605" max="4605" width="31.5703125" style="22" customWidth="1"/>
+    <col min="4606" max="4606" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="4607" max="4607" width="11.7109375" style="22" customWidth="1"/>
+    <col min="4608" max="4608" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4609" max="4609" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="4610" max="4610" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4611" max="4611" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4612" max="4612" width="7.85546875" style="22" customWidth="1"/>
+    <col min="4613" max="4613" width="16.140625" style="22" customWidth="1"/>
+    <col min="4614" max="4614" width="41.7109375" style="22" customWidth="1"/>
+    <col min="4615" max="4615" width="18.140625" style="22" customWidth="1"/>
+    <col min="4616" max="4616" width="27.140625" style="22" customWidth="1"/>
+    <col min="4617" max="4860" width="9.140625" style="22"/>
+    <col min="4861" max="4861" width="31.5703125" style="22" customWidth="1"/>
+    <col min="4862" max="4862" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="4863" max="4863" width="11.7109375" style="22" customWidth="1"/>
+    <col min="4864" max="4864" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4865" max="4865" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="4866" max="4866" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4867" max="4867" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="4868" max="4868" width="7.85546875" style="22" customWidth="1"/>
+    <col min="4869" max="4869" width="16.140625" style="22" customWidth="1"/>
+    <col min="4870" max="4870" width="41.7109375" style="22" customWidth="1"/>
+    <col min="4871" max="4871" width="18.140625" style="22" customWidth="1"/>
+    <col min="4872" max="4872" width="27.140625" style="22" customWidth="1"/>
+    <col min="4873" max="5116" width="9.140625" style="22"/>
+    <col min="5117" max="5117" width="31.5703125" style="22" customWidth="1"/>
+    <col min="5118" max="5118" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="5119" max="5119" width="11.7109375" style="22" customWidth="1"/>
+    <col min="5120" max="5120" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5121" max="5121" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="5122" max="5122" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5123" max="5123" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5124" max="5124" width="7.85546875" style="22" customWidth="1"/>
+    <col min="5125" max="5125" width="16.140625" style="22" customWidth="1"/>
+    <col min="5126" max="5126" width="41.7109375" style="22" customWidth="1"/>
+    <col min="5127" max="5127" width="18.140625" style="22" customWidth="1"/>
+    <col min="5128" max="5128" width="27.140625" style="22" customWidth="1"/>
+    <col min="5129" max="5372" width="9.140625" style="22"/>
+    <col min="5373" max="5373" width="31.5703125" style="22" customWidth="1"/>
+    <col min="5374" max="5374" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="5375" max="5375" width="11.7109375" style="22" customWidth="1"/>
+    <col min="5376" max="5376" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5377" max="5377" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="5378" max="5378" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5379" max="5379" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5380" max="5380" width="7.85546875" style="22" customWidth="1"/>
+    <col min="5381" max="5381" width="16.140625" style="22" customWidth="1"/>
+    <col min="5382" max="5382" width="41.7109375" style="22" customWidth="1"/>
+    <col min="5383" max="5383" width="18.140625" style="22" customWidth="1"/>
+    <col min="5384" max="5384" width="27.140625" style="22" customWidth="1"/>
+    <col min="5385" max="5628" width="9.140625" style="22"/>
+    <col min="5629" max="5629" width="31.5703125" style="22" customWidth="1"/>
+    <col min="5630" max="5630" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="5631" max="5631" width="11.7109375" style="22" customWidth="1"/>
+    <col min="5632" max="5632" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5633" max="5633" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="5634" max="5634" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5635" max="5635" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5636" max="5636" width="7.85546875" style="22" customWidth="1"/>
+    <col min="5637" max="5637" width="16.140625" style="22" customWidth="1"/>
+    <col min="5638" max="5638" width="41.7109375" style="22" customWidth="1"/>
+    <col min="5639" max="5639" width="18.140625" style="22" customWidth="1"/>
+    <col min="5640" max="5640" width="27.140625" style="22" customWidth="1"/>
+    <col min="5641" max="5884" width="9.140625" style="22"/>
+    <col min="5885" max="5885" width="31.5703125" style="22" customWidth="1"/>
+    <col min="5886" max="5886" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="5887" max="5887" width="11.7109375" style="22" customWidth="1"/>
+    <col min="5888" max="5888" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5889" max="5889" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="5890" max="5890" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5891" max="5891" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="5892" max="5892" width="7.85546875" style="22" customWidth="1"/>
+    <col min="5893" max="5893" width="16.140625" style="22" customWidth="1"/>
+    <col min="5894" max="5894" width="41.7109375" style="22" customWidth="1"/>
+    <col min="5895" max="5895" width="18.140625" style="22" customWidth="1"/>
+    <col min="5896" max="5896" width="27.140625" style="22" customWidth="1"/>
+    <col min="5897" max="6140" width="9.140625" style="22"/>
+    <col min="6141" max="6141" width="31.5703125" style="22" customWidth="1"/>
+    <col min="6142" max="6142" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="6143" max="6143" width="11.7109375" style="22" customWidth="1"/>
+    <col min="6144" max="6144" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6145" max="6145" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="6146" max="6146" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6147" max="6147" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6148" max="6148" width="7.85546875" style="22" customWidth="1"/>
+    <col min="6149" max="6149" width="16.140625" style="22" customWidth="1"/>
+    <col min="6150" max="6150" width="41.7109375" style="22" customWidth="1"/>
+    <col min="6151" max="6151" width="18.140625" style="22" customWidth="1"/>
+    <col min="6152" max="6152" width="27.140625" style="22" customWidth="1"/>
+    <col min="6153" max="6396" width="9.140625" style="22"/>
+    <col min="6397" max="6397" width="31.5703125" style="22" customWidth="1"/>
+    <col min="6398" max="6398" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="6399" max="6399" width="11.7109375" style="22" customWidth="1"/>
+    <col min="6400" max="6400" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6401" max="6401" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="6402" max="6402" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6403" max="6403" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6404" max="6404" width="7.85546875" style="22" customWidth="1"/>
+    <col min="6405" max="6405" width="16.140625" style="22" customWidth="1"/>
+    <col min="6406" max="6406" width="41.7109375" style="22" customWidth="1"/>
+    <col min="6407" max="6407" width="18.140625" style="22" customWidth="1"/>
+    <col min="6408" max="6408" width="27.140625" style="22" customWidth="1"/>
+    <col min="6409" max="6652" width="9.140625" style="22"/>
+    <col min="6653" max="6653" width="31.5703125" style="22" customWidth="1"/>
+    <col min="6654" max="6654" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="6655" max="6655" width="11.7109375" style="22" customWidth="1"/>
+    <col min="6656" max="6656" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6657" max="6657" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="6658" max="6658" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6659" max="6659" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6660" max="6660" width="7.85546875" style="22" customWidth="1"/>
+    <col min="6661" max="6661" width="16.140625" style="22" customWidth="1"/>
+    <col min="6662" max="6662" width="41.7109375" style="22" customWidth="1"/>
+    <col min="6663" max="6663" width="18.140625" style="22" customWidth="1"/>
+    <col min="6664" max="6664" width="27.140625" style="22" customWidth="1"/>
+    <col min="6665" max="6908" width="9.140625" style="22"/>
+    <col min="6909" max="6909" width="31.5703125" style="22" customWidth="1"/>
+    <col min="6910" max="6910" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="6911" max="6911" width="11.7109375" style="22" customWidth="1"/>
+    <col min="6912" max="6912" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6913" max="6913" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="6914" max="6914" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6915" max="6915" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="6916" max="6916" width="7.85546875" style="22" customWidth="1"/>
+    <col min="6917" max="6917" width="16.140625" style="22" customWidth="1"/>
+    <col min="6918" max="6918" width="41.7109375" style="22" customWidth="1"/>
+    <col min="6919" max="6919" width="18.140625" style="22" customWidth="1"/>
+    <col min="6920" max="6920" width="27.140625" style="22" customWidth="1"/>
+    <col min="6921" max="7164" width="9.140625" style="22"/>
+    <col min="7165" max="7165" width="31.5703125" style="22" customWidth="1"/>
+    <col min="7166" max="7166" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="7167" max="7167" width="11.7109375" style="22" customWidth="1"/>
+    <col min="7168" max="7168" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7169" max="7169" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="7170" max="7170" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7171" max="7171" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7172" max="7172" width="7.85546875" style="22" customWidth="1"/>
+    <col min="7173" max="7173" width="16.140625" style="22" customWidth="1"/>
+    <col min="7174" max="7174" width="41.7109375" style="22" customWidth="1"/>
+    <col min="7175" max="7175" width="18.140625" style="22" customWidth="1"/>
+    <col min="7176" max="7176" width="27.140625" style="22" customWidth="1"/>
+    <col min="7177" max="7420" width="9.140625" style="22"/>
+    <col min="7421" max="7421" width="31.5703125" style="22" customWidth="1"/>
+    <col min="7422" max="7422" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="7423" max="7423" width="11.7109375" style="22" customWidth="1"/>
+    <col min="7424" max="7424" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7425" max="7425" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="7426" max="7426" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7427" max="7427" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7428" max="7428" width="7.85546875" style="22" customWidth="1"/>
+    <col min="7429" max="7429" width="16.140625" style="22" customWidth="1"/>
+    <col min="7430" max="7430" width="41.7109375" style="22" customWidth="1"/>
+    <col min="7431" max="7431" width="18.140625" style="22" customWidth="1"/>
+    <col min="7432" max="7432" width="27.140625" style="22" customWidth="1"/>
+    <col min="7433" max="7676" width="9.140625" style="22"/>
+    <col min="7677" max="7677" width="31.5703125" style="22" customWidth="1"/>
+    <col min="7678" max="7678" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="7679" max="7679" width="11.7109375" style="22" customWidth="1"/>
+    <col min="7680" max="7680" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7681" max="7681" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="7682" max="7682" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7683" max="7683" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7684" max="7684" width="7.85546875" style="22" customWidth="1"/>
+    <col min="7685" max="7685" width="16.140625" style="22" customWidth="1"/>
+    <col min="7686" max="7686" width="41.7109375" style="22" customWidth="1"/>
+    <col min="7687" max="7687" width="18.140625" style="22" customWidth="1"/>
+    <col min="7688" max="7688" width="27.140625" style="22" customWidth="1"/>
+    <col min="7689" max="7932" width="9.140625" style="22"/>
+    <col min="7933" max="7933" width="31.5703125" style="22" customWidth="1"/>
+    <col min="7934" max="7934" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="7935" max="7935" width="11.7109375" style="22" customWidth="1"/>
+    <col min="7936" max="7936" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7937" max="7937" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="7938" max="7938" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7939" max="7939" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="7940" max="7940" width="7.85546875" style="22" customWidth="1"/>
+    <col min="7941" max="7941" width="16.140625" style="22" customWidth="1"/>
+    <col min="7942" max="7942" width="41.7109375" style="22" customWidth="1"/>
+    <col min="7943" max="7943" width="18.140625" style="22" customWidth="1"/>
+    <col min="7944" max="7944" width="27.140625" style="22" customWidth="1"/>
+    <col min="7945" max="8188" width="9.140625" style="22"/>
+    <col min="8189" max="8189" width="31.5703125" style="22" customWidth="1"/>
+    <col min="8190" max="8190" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="8191" max="8191" width="11.7109375" style="22" customWidth="1"/>
+    <col min="8192" max="8192" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8193" max="8193" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="8194" max="8194" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8195" max="8195" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8196" max="8196" width="7.85546875" style="22" customWidth="1"/>
+    <col min="8197" max="8197" width="16.140625" style="22" customWidth="1"/>
+    <col min="8198" max="8198" width="41.7109375" style="22" customWidth="1"/>
+    <col min="8199" max="8199" width="18.140625" style="22" customWidth="1"/>
+    <col min="8200" max="8200" width="27.140625" style="22" customWidth="1"/>
+    <col min="8201" max="8444" width="9.140625" style="22"/>
+    <col min="8445" max="8445" width="31.5703125" style="22" customWidth="1"/>
+    <col min="8446" max="8446" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="8447" max="8447" width="11.7109375" style="22" customWidth="1"/>
+    <col min="8448" max="8448" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8449" max="8449" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="8450" max="8450" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8451" max="8451" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8452" max="8452" width="7.85546875" style="22" customWidth="1"/>
+    <col min="8453" max="8453" width="16.140625" style="22" customWidth="1"/>
+    <col min="8454" max="8454" width="41.7109375" style="22" customWidth="1"/>
+    <col min="8455" max="8455" width="18.140625" style="22" customWidth="1"/>
+    <col min="8456" max="8456" width="27.140625" style="22" customWidth="1"/>
+    <col min="8457" max="8700" width="9.140625" style="22"/>
+    <col min="8701" max="8701" width="31.5703125" style="22" customWidth="1"/>
+    <col min="8702" max="8702" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="8703" max="8703" width="11.7109375" style="22" customWidth="1"/>
+    <col min="8704" max="8704" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8705" max="8705" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="8706" max="8706" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8707" max="8707" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8708" max="8708" width="7.85546875" style="22" customWidth="1"/>
+    <col min="8709" max="8709" width="16.140625" style="22" customWidth="1"/>
+    <col min="8710" max="8710" width="41.7109375" style="22" customWidth="1"/>
+    <col min="8711" max="8711" width="18.140625" style="22" customWidth="1"/>
+    <col min="8712" max="8712" width="27.140625" style="22" customWidth="1"/>
+    <col min="8713" max="8956" width="9.140625" style="22"/>
+    <col min="8957" max="8957" width="31.5703125" style="22" customWidth="1"/>
+    <col min="8958" max="8958" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="8959" max="8959" width="11.7109375" style="22" customWidth="1"/>
+    <col min="8960" max="8960" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8961" max="8961" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="8962" max="8962" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8963" max="8963" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="8964" max="8964" width="7.85546875" style="22" customWidth="1"/>
+    <col min="8965" max="8965" width="16.140625" style="22" customWidth="1"/>
+    <col min="8966" max="8966" width="41.7109375" style="22" customWidth="1"/>
+    <col min="8967" max="8967" width="18.140625" style="22" customWidth="1"/>
+    <col min="8968" max="8968" width="27.140625" style="22" customWidth="1"/>
+    <col min="8969" max="9212" width="9.140625" style="22"/>
+    <col min="9213" max="9213" width="31.5703125" style="22" customWidth="1"/>
+    <col min="9214" max="9214" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="9215" max="9215" width="11.7109375" style="22" customWidth="1"/>
+    <col min="9216" max="9216" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9217" max="9217" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="9218" max="9218" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9219" max="9219" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9220" max="9220" width="7.85546875" style="22" customWidth="1"/>
+    <col min="9221" max="9221" width="16.140625" style="22" customWidth="1"/>
+    <col min="9222" max="9222" width="41.7109375" style="22" customWidth="1"/>
+    <col min="9223" max="9223" width="18.140625" style="22" customWidth="1"/>
+    <col min="9224" max="9224" width="27.140625" style="22" customWidth="1"/>
+    <col min="9225" max="9468" width="9.140625" style="22"/>
+    <col min="9469" max="9469" width="31.5703125" style="22" customWidth="1"/>
+    <col min="9470" max="9470" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="9471" max="9471" width="11.7109375" style="22" customWidth="1"/>
+    <col min="9472" max="9472" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9473" max="9473" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="9474" max="9474" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9475" max="9475" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9476" max="9476" width="7.85546875" style="22" customWidth="1"/>
+    <col min="9477" max="9477" width="16.140625" style="22" customWidth="1"/>
+    <col min="9478" max="9478" width="41.7109375" style="22" customWidth="1"/>
+    <col min="9479" max="9479" width="18.140625" style="22" customWidth="1"/>
+    <col min="9480" max="9480" width="27.140625" style="22" customWidth="1"/>
+    <col min="9481" max="9724" width="9.140625" style="22"/>
+    <col min="9725" max="9725" width="31.5703125" style="22" customWidth="1"/>
+    <col min="9726" max="9726" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="9727" max="9727" width="11.7109375" style="22" customWidth="1"/>
+    <col min="9728" max="9728" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9729" max="9729" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="9730" max="9730" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9731" max="9731" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9732" max="9732" width="7.85546875" style="22" customWidth="1"/>
+    <col min="9733" max="9733" width="16.140625" style="22" customWidth="1"/>
+    <col min="9734" max="9734" width="41.7109375" style="22" customWidth="1"/>
+    <col min="9735" max="9735" width="18.140625" style="22" customWidth="1"/>
+    <col min="9736" max="9736" width="27.140625" style="22" customWidth="1"/>
+    <col min="9737" max="9980" width="9.140625" style="22"/>
+    <col min="9981" max="9981" width="31.5703125" style="22" customWidth="1"/>
+    <col min="9982" max="9982" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="9983" max="9983" width="11.7109375" style="22" customWidth="1"/>
+    <col min="9984" max="9984" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9985" max="9985" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="9986" max="9986" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9987" max="9987" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="9988" max="9988" width="7.85546875" style="22" customWidth="1"/>
+    <col min="9989" max="9989" width="16.140625" style="22" customWidth="1"/>
+    <col min="9990" max="9990" width="41.7109375" style="22" customWidth="1"/>
+    <col min="9991" max="9991" width="18.140625" style="22" customWidth="1"/>
+    <col min="9992" max="9992" width="27.140625" style="22" customWidth="1"/>
+    <col min="9993" max="10236" width="9.140625" style="22"/>
+    <col min="10237" max="10237" width="31.5703125" style="22" customWidth="1"/>
+    <col min="10238" max="10238" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="10239" max="10239" width="11.7109375" style="22" customWidth="1"/>
+    <col min="10240" max="10240" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10241" max="10241" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="10242" max="10242" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10243" max="10243" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10244" max="10244" width="7.85546875" style="22" customWidth="1"/>
+    <col min="10245" max="10245" width="16.140625" style="22" customWidth="1"/>
+    <col min="10246" max="10246" width="41.7109375" style="22" customWidth="1"/>
+    <col min="10247" max="10247" width="18.140625" style="22" customWidth="1"/>
+    <col min="10248" max="10248" width="27.140625" style="22" customWidth="1"/>
+    <col min="10249" max="10492" width="9.140625" style="22"/>
+    <col min="10493" max="10493" width="31.5703125" style="22" customWidth="1"/>
+    <col min="10494" max="10494" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="10495" max="10495" width="11.7109375" style="22" customWidth="1"/>
+    <col min="10496" max="10496" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10497" max="10497" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="10498" max="10498" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10499" max="10499" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10500" max="10500" width="7.85546875" style="22" customWidth="1"/>
+    <col min="10501" max="10501" width="16.140625" style="22" customWidth="1"/>
+    <col min="10502" max="10502" width="41.7109375" style="22" customWidth="1"/>
+    <col min="10503" max="10503" width="18.140625" style="22" customWidth="1"/>
+    <col min="10504" max="10504" width="27.140625" style="22" customWidth="1"/>
+    <col min="10505" max="10748" width="9.140625" style="22"/>
+    <col min="10749" max="10749" width="31.5703125" style="22" customWidth="1"/>
+    <col min="10750" max="10750" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="10751" max="10751" width="11.7109375" style="22" customWidth="1"/>
+    <col min="10752" max="10752" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10753" max="10753" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="10754" max="10754" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10755" max="10755" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="10756" max="10756" width="7.85546875" style="22" customWidth="1"/>
+    <col min="10757" max="10757" width="16.140625" style="22" customWidth="1"/>
+    <col min="10758" max="10758" width="41.7109375" style="22" customWidth="1"/>
+    <col min="10759" max="10759" width="18.140625" style="22" customWidth="1"/>
+    <col min="10760" max="10760" width="27.140625" style="22" customWidth="1"/>
+    <col min="10761" max="11004" width="9.140625" style="22"/>
+    <col min="11005" max="11005" width="31.5703125" style="22" customWidth="1"/>
+    <col min="11006" max="11006" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="11007" max="11007" width="11.7109375" style="22" customWidth="1"/>
+    <col min="11008" max="11008" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11009" max="11009" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="11010" max="11010" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11011" max="11011" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11012" max="11012" width="7.85546875" style="22" customWidth="1"/>
+    <col min="11013" max="11013" width="16.140625" style="22" customWidth="1"/>
+    <col min="11014" max="11014" width="41.7109375" style="22" customWidth="1"/>
+    <col min="11015" max="11015" width="18.140625" style="22" customWidth="1"/>
+    <col min="11016" max="11016" width="27.140625" style="22" customWidth="1"/>
+    <col min="11017" max="11260" width="9.140625" style="22"/>
+    <col min="11261" max="11261" width="31.5703125" style="22" customWidth="1"/>
+    <col min="11262" max="11262" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="11263" max="11263" width="11.7109375" style="22" customWidth="1"/>
+    <col min="11264" max="11264" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11265" max="11265" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="11266" max="11266" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11267" max="11267" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11268" max="11268" width="7.85546875" style="22" customWidth="1"/>
+    <col min="11269" max="11269" width="16.140625" style="22" customWidth="1"/>
+    <col min="11270" max="11270" width="41.7109375" style="22" customWidth="1"/>
+    <col min="11271" max="11271" width="18.140625" style="22" customWidth="1"/>
+    <col min="11272" max="11272" width="27.140625" style="22" customWidth="1"/>
+    <col min="11273" max="11516" width="9.140625" style="22"/>
+    <col min="11517" max="11517" width="31.5703125" style="22" customWidth="1"/>
+    <col min="11518" max="11518" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="11519" max="11519" width="11.7109375" style="22" customWidth="1"/>
+    <col min="11520" max="11520" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11521" max="11521" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="11522" max="11522" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11523" max="11523" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11524" max="11524" width="7.85546875" style="22" customWidth="1"/>
+    <col min="11525" max="11525" width="16.140625" style="22" customWidth="1"/>
+    <col min="11526" max="11526" width="41.7109375" style="22" customWidth="1"/>
+    <col min="11527" max="11527" width="18.140625" style="22" customWidth="1"/>
+    <col min="11528" max="11528" width="27.140625" style="22" customWidth="1"/>
+    <col min="11529" max="11772" width="9.140625" style="22"/>
+    <col min="11773" max="11773" width="31.5703125" style="22" customWidth="1"/>
+    <col min="11774" max="11774" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="11775" max="11775" width="11.7109375" style="22" customWidth="1"/>
+    <col min="11776" max="11776" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11777" max="11777" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="11778" max="11778" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11779" max="11779" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="11780" max="11780" width="7.85546875" style="22" customWidth="1"/>
+    <col min="11781" max="11781" width="16.140625" style="22" customWidth="1"/>
+    <col min="11782" max="11782" width="41.7109375" style="22" customWidth="1"/>
+    <col min="11783" max="11783" width="18.140625" style="22" customWidth="1"/>
+    <col min="11784" max="11784" width="27.140625" style="22" customWidth="1"/>
+    <col min="11785" max="12028" width="9.140625" style="22"/>
+    <col min="12029" max="12029" width="31.5703125" style="22" customWidth="1"/>
+    <col min="12030" max="12030" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="12031" max="12031" width="11.7109375" style="22" customWidth="1"/>
+    <col min="12032" max="12032" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12033" max="12033" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="12034" max="12034" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12035" max="12035" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12036" max="12036" width="7.85546875" style="22" customWidth="1"/>
+    <col min="12037" max="12037" width="16.140625" style="22" customWidth="1"/>
+    <col min="12038" max="12038" width="41.7109375" style="22" customWidth="1"/>
+    <col min="12039" max="12039" width="18.140625" style="22" customWidth="1"/>
+    <col min="12040" max="12040" width="27.140625" style="22" customWidth="1"/>
+    <col min="12041" max="12284" width="9.140625" style="22"/>
+    <col min="12285" max="12285" width="31.5703125" style="22" customWidth="1"/>
+    <col min="12286" max="12286" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="12287" max="12287" width="11.7109375" style="22" customWidth="1"/>
+    <col min="12288" max="12288" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12289" max="12289" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="12290" max="12290" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12291" max="12291" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12292" max="12292" width="7.85546875" style="22" customWidth="1"/>
+    <col min="12293" max="12293" width="16.140625" style="22" customWidth="1"/>
+    <col min="12294" max="12294" width="41.7109375" style="22" customWidth="1"/>
+    <col min="12295" max="12295" width="18.140625" style="22" customWidth="1"/>
+    <col min="12296" max="12296" width="27.140625" style="22" customWidth="1"/>
+    <col min="12297" max="12540" width="9.140625" style="22"/>
+    <col min="12541" max="12541" width="31.5703125" style="22" customWidth="1"/>
+    <col min="12542" max="12542" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="12543" max="12543" width="11.7109375" style="22" customWidth="1"/>
+    <col min="12544" max="12544" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12545" max="12545" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="12546" max="12546" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12547" max="12547" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12548" max="12548" width="7.85546875" style="22" customWidth="1"/>
+    <col min="12549" max="12549" width="16.140625" style="22" customWidth="1"/>
+    <col min="12550" max="12550" width="41.7109375" style="22" customWidth="1"/>
+    <col min="12551" max="12551" width="18.140625" style="22" customWidth="1"/>
+    <col min="12552" max="12552" width="27.140625" style="22" customWidth="1"/>
+    <col min="12553" max="12796" width="9.140625" style="22"/>
+    <col min="12797" max="12797" width="31.5703125" style="22" customWidth="1"/>
+    <col min="12798" max="12798" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="12799" max="12799" width="11.7109375" style="22" customWidth="1"/>
+    <col min="12800" max="12800" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12801" max="12801" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="12802" max="12802" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12803" max="12803" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="12804" max="12804" width="7.85546875" style="22" customWidth="1"/>
+    <col min="12805" max="12805" width="16.140625" style="22" customWidth="1"/>
+    <col min="12806" max="12806" width="41.7109375" style="22" customWidth="1"/>
+    <col min="12807" max="12807" width="18.140625" style="22" customWidth="1"/>
+    <col min="12808" max="12808" width="27.140625" style="22" customWidth="1"/>
+    <col min="12809" max="13052" width="9.140625" style="22"/>
+    <col min="13053" max="13053" width="31.5703125" style="22" customWidth="1"/>
+    <col min="13054" max="13054" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="13055" max="13055" width="11.7109375" style="22" customWidth="1"/>
+    <col min="13056" max="13056" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13057" max="13057" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="13058" max="13058" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13059" max="13059" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13060" max="13060" width="7.85546875" style="22" customWidth="1"/>
+    <col min="13061" max="13061" width="16.140625" style="22" customWidth="1"/>
+    <col min="13062" max="13062" width="41.7109375" style="22" customWidth="1"/>
+    <col min="13063" max="13063" width="18.140625" style="22" customWidth="1"/>
+    <col min="13064" max="13064" width="27.140625" style="22" customWidth="1"/>
+    <col min="13065" max="13308" width="9.140625" style="22"/>
+    <col min="13309" max="13309" width="31.5703125" style="22" customWidth="1"/>
+    <col min="13310" max="13310" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="13311" max="13311" width="11.7109375" style="22" customWidth="1"/>
+    <col min="13312" max="13312" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13313" max="13313" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="13314" max="13314" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13315" max="13315" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13316" max="13316" width="7.85546875" style="22" customWidth="1"/>
+    <col min="13317" max="13317" width="16.140625" style="22" customWidth="1"/>
+    <col min="13318" max="13318" width="41.7109375" style="22" customWidth="1"/>
+    <col min="13319" max="13319" width="18.140625" style="22" customWidth="1"/>
+    <col min="13320" max="13320" width="27.140625" style="22" customWidth="1"/>
+    <col min="13321" max="13564" width="9.140625" style="22"/>
+    <col min="13565" max="13565" width="31.5703125" style="22" customWidth="1"/>
+    <col min="13566" max="13566" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="13567" max="13567" width="11.7109375" style="22" customWidth="1"/>
+    <col min="13568" max="13568" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13569" max="13569" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="13570" max="13570" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13571" max="13571" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13572" max="13572" width="7.85546875" style="22" customWidth="1"/>
+    <col min="13573" max="13573" width="16.140625" style="22" customWidth="1"/>
+    <col min="13574" max="13574" width="41.7109375" style="22" customWidth="1"/>
+    <col min="13575" max="13575" width="18.140625" style="22" customWidth="1"/>
+    <col min="13576" max="13576" width="27.140625" style="22" customWidth="1"/>
+    <col min="13577" max="13820" width="9.140625" style="22"/>
+    <col min="13821" max="13821" width="31.5703125" style="22" customWidth="1"/>
+    <col min="13822" max="13822" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="13823" max="13823" width="11.7109375" style="22" customWidth="1"/>
+    <col min="13824" max="13824" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13825" max="13825" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="13826" max="13826" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13827" max="13827" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="13828" max="13828" width="7.85546875" style="22" customWidth="1"/>
+    <col min="13829" max="13829" width="16.140625" style="22" customWidth="1"/>
+    <col min="13830" max="13830" width="41.7109375" style="22" customWidth="1"/>
+    <col min="13831" max="13831" width="18.140625" style="22" customWidth="1"/>
+    <col min="13832" max="13832" width="27.140625" style="22" customWidth="1"/>
+    <col min="13833" max="14076" width="9.140625" style="22"/>
+    <col min="14077" max="14077" width="31.5703125" style="22" customWidth="1"/>
+    <col min="14078" max="14078" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="14079" max="14079" width="11.7109375" style="22" customWidth="1"/>
+    <col min="14080" max="14080" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14081" max="14081" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="14082" max="14082" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14083" max="14083" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14084" max="14084" width="7.85546875" style="22" customWidth="1"/>
+    <col min="14085" max="14085" width="16.140625" style="22" customWidth="1"/>
+    <col min="14086" max="14086" width="41.7109375" style="22" customWidth="1"/>
+    <col min="14087" max="14087" width="18.140625" style="22" customWidth="1"/>
+    <col min="14088" max="14088" width="27.140625" style="22" customWidth="1"/>
+    <col min="14089" max="14332" width="9.140625" style="22"/>
+    <col min="14333" max="14333" width="31.5703125" style="22" customWidth="1"/>
+    <col min="14334" max="14334" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="14335" max="14335" width="11.7109375" style="22" customWidth="1"/>
+    <col min="14336" max="14336" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14337" max="14337" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="14338" max="14338" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14339" max="14339" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14340" max="14340" width="7.85546875" style="22" customWidth="1"/>
+    <col min="14341" max="14341" width="16.140625" style="22" customWidth="1"/>
+    <col min="14342" max="14342" width="41.7109375" style="22" customWidth="1"/>
+    <col min="14343" max="14343" width="18.140625" style="22" customWidth="1"/>
+    <col min="14344" max="14344" width="27.140625" style="22" customWidth="1"/>
+    <col min="14345" max="14588" width="9.140625" style="22"/>
+    <col min="14589" max="14589" width="31.5703125" style="22" customWidth="1"/>
+    <col min="14590" max="14590" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="14591" max="14591" width="11.7109375" style="22" customWidth="1"/>
+    <col min="14592" max="14592" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14593" max="14593" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="14594" max="14594" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14595" max="14595" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14596" max="14596" width="7.85546875" style="22" customWidth="1"/>
+    <col min="14597" max="14597" width="16.140625" style="22" customWidth="1"/>
+    <col min="14598" max="14598" width="41.7109375" style="22" customWidth="1"/>
+    <col min="14599" max="14599" width="18.140625" style="22" customWidth="1"/>
+    <col min="14600" max="14600" width="27.140625" style="22" customWidth="1"/>
+    <col min="14601" max="14844" width="9.140625" style="22"/>
+    <col min="14845" max="14845" width="31.5703125" style="22" customWidth="1"/>
+    <col min="14846" max="14846" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="14847" max="14847" width="11.7109375" style="22" customWidth="1"/>
+    <col min="14848" max="14848" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14849" max="14849" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="14850" max="14850" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14851" max="14851" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="14852" max="14852" width="7.85546875" style="22" customWidth="1"/>
+    <col min="14853" max="14853" width="16.140625" style="22" customWidth="1"/>
+    <col min="14854" max="14854" width="41.7109375" style="22" customWidth="1"/>
+    <col min="14855" max="14855" width="18.140625" style="22" customWidth="1"/>
+    <col min="14856" max="14856" width="27.140625" style="22" customWidth="1"/>
+    <col min="14857" max="15100" width="9.140625" style="22"/>
+    <col min="15101" max="15101" width="31.5703125" style="22" customWidth="1"/>
+    <col min="15102" max="15102" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="15103" max="15103" width="11.7109375" style="22" customWidth="1"/>
+    <col min="15104" max="15104" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15105" max="15105" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="15106" max="15106" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15107" max="15107" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15108" max="15108" width="7.85546875" style="22" customWidth="1"/>
+    <col min="15109" max="15109" width="16.140625" style="22" customWidth="1"/>
+    <col min="15110" max="15110" width="41.7109375" style="22" customWidth="1"/>
+    <col min="15111" max="15111" width="18.140625" style="22" customWidth="1"/>
+    <col min="15112" max="15112" width="27.140625" style="22" customWidth="1"/>
+    <col min="15113" max="15356" width="9.140625" style="22"/>
+    <col min="15357" max="15357" width="31.5703125" style="22" customWidth="1"/>
+    <col min="15358" max="15358" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="15359" max="15359" width="11.7109375" style="22" customWidth="1"/>
+    <col min="15360" max="15360" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15361" max="15361" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="15362" max="15362" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15363" max="15363" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15364" max="15364" width="7.85546875" style="22" customWidth="1"/>
+    <col min="15365" max="15365" width="16.140625" style="22" customWidth="1"/>
+    <col min="15366" max="15366" width="41.7109375" style="22" customWidth="1"/>
+    <col min="15367" max="15367" width="18.140625" style="22" customWidth="1"/>
+    <col min="15368" max="15368" width="27.140625" style="22" customWidth="1"/>
+    <col min="15369" max="15612" width="9.140625" style="22"/>
+    <col min="15613" max="15613" width="31.5703125" style="22" customWidth="1"/>
+    <col min="15614" max="15614" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="15615" max="15615" width="11.7109375" style="22" customWidth="1"/>
+    <col min="15616" max="15616" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15617" max="15617" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="15618" max="15618" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15619" max="15619" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15620" max="15620" width="7.85546875" style="22" customWidth="1"/>
+    <col min="15621" max="15621" width="16.140625" style="22" customWidth="1"/>
+    <col min="15622" max="15622" width="41.7109375" style="22" customWidth="1"/>
+    <col min="15623" max="15623" width="18.140625" style="22" customWidth="1"/>
+    <col min="15624" max="15624" width="27.140625" style="22" customWidth="1"/>
+    <col min="15625" max="15868" width="9.140625" style="22"/>
+    <col min="15869" max="15869" width="31.5703125" style="22" customWidth="1"/>
+    <col min="15870" max="15870" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="15871" max="15871" width="11.7109375" style="22" customWidth="1"/>
+    <col min="15872" max="15872" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15873" max="15873" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="15874" max="15874" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15875" max="15875" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="15876" max="15876" width="7.85546875" style="22" customWidth="1"/>
+    <col min="15877" max="15877" width="16.140625" style="22" customWidth="1"/>
+    <col min="15878" max="15878" width="41.7109375" style="22" customWidth="1"/>
+    <col min="15879" max="15879" width="18.140625" style="22" customWidth="1"/>
+    <col min="15880" max="15880" width="27.140625" style="22" customWidth="1"/>
+    <col min="15881" max="16124" width="9.140625" style="22"/>
+    <col min="16125" max="16125" width="31.5703125" style="22" customWidth="1"/>
+    <col min="16126" max="16126" width="21.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="16127" max="16127" width="11.7109375" style="22" customWidth="1"/>
+    <col min="16128" max="16128" width="41.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="16129" max="16129" width="25.42578125" style="22" bestFit="1" customWidth="1"/>
+    <col min="16130" max="16130" width="12.140625" style="22" bestFit="1" customWidth="1"/>
+    <col min="16131" max="16131" width="13.28515625" style="22" bestFit="1" customWidth="1"/>
+    <col min="16132" max="16132" width="7.85546875" style="22" customWidth="1"/>
+    <col min="16133" max="16133" width="16.140625" style="22" customWidth="1"/>
+    <col min="16134" max="16134" width="41.7109375" style="22" customWidth="1"/>
+    <col min="16135" max="16135" width="18.140625" style="22" customWidth="1"/>
+    <col min="16136" max="16136" width="27.140625" style="22" customWidth="1"/>
+    <col min="16137" max="16384" width="9.140625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="18" t="s">
+    <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="B1" s="34"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
+      <c r="F1" s="34"/>
+      <c r="G1" s="34"/>
+      <c r="H1" s="34"/>
+    </row>
+    <row r="2" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="31" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="30" t="s">
+        <v>1</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="I2" s="3"/>
+      <c r="J2" s="4"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="25">
+        <v>1</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10">
+        <v>54310030226</v>
+      </c>
+      <c r="D3" s="6">
+        <v>41.28</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F3" s="28">
+        <v>68350</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I3" s="3"/>
+    </row>
+    <row r="4" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="25">
+        <v>2</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="10">
+        <v>54310020526</v>
+      </c>
+      <c r="D4" s="6">
+        <v>48.17</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" s="28">
+        <v>68350</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="3"/>
+    </row>
+    <row r="5" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="25">
+        <v>3</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="10">
+        <v>54310020443</v>
+      </c>
+      <c r="D5" s="6">
+        <v>0.13</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F5" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="3"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="25">
+        <v>4</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="10">
+        <v>54310020153</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.61</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F6" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="3"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="25">
+        <v>5</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="10">
+        <v>54110010108</v>
+      </c>
+      <c r="D7" s="6">
+        <v>0.42</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F7" s="28">
+        <v>48579</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="I7" s="3"/>
+    </row>
+    <row r="8" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="25">
+        <v>6</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" s="10">
+        <v>54310020191</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.05</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F8" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I8" s="3"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="25">
+        <v>7</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" s="10">
+        <v>54310020381</v>
+      </c>
+      <c r="D9" s="6">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F9" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" s="3"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="25">
+        <v>8</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="10">
+        <v>54310020299</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F10" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I10" s="3"/>
+    </row>
+    <row r="11" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="25">
+        <v>9</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="10">
+        <v>54310020107</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F11" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I11" s="3"/>
+    </row>
+    <row r="12" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="25">
+        <v>10</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="10">
+        <v>54310020517</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F12" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I12" s="3"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="25">
+        <v>11</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C13" s="10">
+        <v>54310020444</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0.04</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F13" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" s="3"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="25">
+        <v>12</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C14" s="10">
+        <v>54310020560</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.01</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" s="28">
+        <v>46734</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="3"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="25">
+        <v>13</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="10">
+        <v>54310020264</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F15" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" s="3"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="25">
+        <v>14</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="10">
+        <v>54310020402</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F16" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I16" s="3"/>
+    </row>
+    <row r="17" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="25">
+        <v>15</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="10">
+        <v>54310020331</v>
+      </c>
+      <c r="D17" s="6">
+        <v>6.54E-2</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F17" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I17" s="3"/>
+    </row>
+    <row r="18" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="25">
+        <v>16</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C18" s="10">
+        <v>54310020425</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F18" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I18" s="3"/>
+    </row>
+    <row r="19" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="25">
+        <v>17</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" s="10">
+        <v>54310020426</v>
+      </c>
+      <c r="D19" s="6">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F19" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I19" s="3"/>
+    </row>
+    <row r="20" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="25">
+        <v>18</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="10">
+        <v>54310020145</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" s="3"/>
+    </row>
+    <row r="21" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="25">
+        <v>19</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" s="10">
+        <v>54310020473</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0.09</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F21" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" s="3"/>
+    </row>
+    <row r="22" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="25">
+        <v>20</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22" s="10">
+        <v>54310020427</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0.128</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F22" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I22" s="3"/>
+    </row>
+    <row r="23" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="25">
+        <v>21</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="10">
+        <v>54310020170</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F23" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" s="3"/>
+    </row>
+    <row r="24" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="25">
+        <v>22</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C24" s="10">
+        <v>54310020567</v>
+      </c>
+      <c r="D24" s="6">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F24" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I24" s="3"/>
+    </row>
+    <row r="25" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="25">
+        <v>23</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0.19</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F25" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I25" s="3"/>
+    </row>
+    <row r="26" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="25">
+        <v>24</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C26" s="10">
+        <v>54310020480</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I26" s="3"/>
+    </row>
+    <row r="27" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="25">
+        <v>25</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="10">
+        <v>54310020223</v>
+      </c>
+      <c r="D27" s="6">
+        <v>2.7E-2</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I27" s="3"/>
+    </row>
+    <row r="28" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="25">
+        <v>26</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="10">
+        <v>54310020524</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0.12</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" s="3"/>
+    </row>
+    <row r="29" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="25">
+        <v>27</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" s="10">
+        <v>54310030178</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0.26</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" s="3"/>
+    </row>
+    <row r="30" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="25">
+        <v>28</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" s="10">
+        <v>54310020567</v>
+      </c>
+      <c r="D30" s="6">
+        <v>0.05</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F30" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I30" s="3"/>
+    </row>
+    <row r="31" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="25">
+        <v>29</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D31" s="6">
+        <v>0.21</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F31" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" s="3"/>
+    </row>
+    <row r="32" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="25">
+        <v>30</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" s="10">
+        <v>54310020139</v>
+      </c>
+      <c r="D32" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I32" s="3"/>
+    </row>
+    <row r="33" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="25">
+        <v>31</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C33" s="10">
+        <v>54310020481</v>
+      </c>
+      <c r="D33" s="6">
+        <v>0.05</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I33" s="3"/>
+    </row>
+    <row r="34" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="25">
+        <v>32</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C34" s="10">
+        <v>54310020415</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0.13</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F34" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" s="3"/>
+    </row>
+    <row r="35" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="25">
+        <v>33</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C35" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0.04</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F35" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I35" s="3"/>
+    </row>
+    <row r="36" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="25">
+        <v>34</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D36" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F36" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" s="3"/>
+    </row>
+    <row r="37" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="25">
+        <v>35</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C37" s="10">
+        <v>54310020280</v>
+      </c>
+      <c r="D37" s="6">
+        <v>5.9400000000000001E-2</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F37" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I37" s="3"/>
+    </row>
+    <row r="38" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="25">
+        <v>36</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C38" s="10">
+        <v>54310020473</v>
+      </c>
+      <c r="D38" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F38" s="28">
+        <v>46752</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" s="3"/>
+    </row>
+    <row r="39" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="25">
+        <v>37</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C39" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D39" s="6">
+        <v>0.16</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F39" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I39" s="3"/>
+    </row>
+    <row r="40" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="25">
+        <v>38</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C40" s="10">
+        <v>54310020513</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0.12</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F40" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I40" s="3"/>
+    </row>
+    <row r="41" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="25">
+        <v>39</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C41" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D41" s="6">
+        <v>0.06</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F41" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I41" s="3"/>
+    </row>
+    <row r="42" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="25">
+        <v>40</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C42" s="10">
+        <v>54310020395</v>
+      </c>
+      <c r="D42" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F42" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I42" s="3"/>
+    </row>
+    <row r="43" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="25">
+        <v>41</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C43" s="10">
+        <v>54310020118</v>
+      </c>
+      <c r="D43" s="6">
+        <v>0.04</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F43" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" s="3"/>
+    </row>
+    <row r="44" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="25">
+        <v>42</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C44" s="10">
+        <v>54310020075</v>
+      </c>
+      <c r="D44" s="6">
+        <v>0.05</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F44" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" s="3"/>
+    </row>
+    <row r="45" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="25">
+        <v>43</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C45" s="10">
+        <v>54310020247</v>
+      </c>
+      <c r="D45" s="6">
+        <v>0.04</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F45" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I45" s="3"/>
+    </row>
+    <row r="46" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="25">
+        <v>44</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C46" s="10">
+        <v>54310020416</v>
+      </c>
+      <c r="D46" s="6">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F46" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I46" s="3"/>
+    </row>
+    <row r="47" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="25">
+        <v>45</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C47" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D47" s="6">
+        <v>0.12</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F47" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I47" s="3"/>
+    </row>
+    <row r="48" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="25">
+        <v>46</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C48" s="10">
+        <v>54310020113</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F48" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I48" s="3"/>
+    </row>
+    <row r="49" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="25">
+        <v>47</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D49" s="6">
+        <v>0.06</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F49" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I49" s="3"/>
+    </row>
+    <row r="50" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="25">
+        <v>48</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C50" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D50" s="6">
+        <v>0.21</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F50" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I50" s="3"/>
+    </row>
+    <row r="51" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="25">
+        <v>49</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C51" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D51" s="6">
+        <v>0.12</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F51" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I51" s="3"/>
+    </row>
+    <row r="52" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="25">
+        <v>50</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C52" s="10">
+        <v>54310020218</v>
+      </c>
+      <c r="D52" s="6">
+        <v>0.1195</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F52" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I52" s="3"/>
+    </row>
+    <row r="53" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="25">
+        <v>51</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C53" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D53" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F53" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I53" s="3"/>
+    </row>
+    <row r="54" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="25">
+        <v>52</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C54" s="10">
+        <v>54310020415</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0.09</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F54" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I54" s="3"/>
+    </row>
+    <row r="55" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="25">
+        <v>53</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C55" s="10">
+        <v>54110010108</v>
+      </c>
+      <c r="D55" s="6">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F55" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I55" s="3"/>
+    </row>
+    <row r="56" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="25">
+        <v>54</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C56" s="10">
+        <v>54310020420</v>
+      </c>
+      <c r="D56" s="6">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F56" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I56" s="3"/>
+    </row>
+    <row r="57" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="25">
+        <v>55</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="10">
+        <v>54310020117</v>
+      </c>
+      <c r="D57" s="6">
+        <v>2.35E-2</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F57" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I57" s="3"/>
+    </row>
+    <row r="58" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="25">
+        <v>56</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C58" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D58" s="6">
+        <v>0.13</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F58" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I58" s="3"/>
+    </row>
+    <row r="59" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="25">
+        <v>57</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C59" s="10">
+        <v>54310020360</v>
+      </c>
+      <c r="D59" s="6">
+        <v>6.54E-2</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F59" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I59" s="3"/>
+    </row>
+    <row r="60" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="25">
+        <v>58</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C60" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D60" s="6">
+        <v>0.11</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F60" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I60" s="3"/>
+    </row>
+    <row r="61" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="25">
+        <v>59</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C61" s="10">
+        <v>54310020480</v>
+      </c>
+      <c r="D61" s="6">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F61" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I61" s="3"/>
+    </row>
+    <row r="62" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="25">
+        <v>60</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C62" s="10">
+        <v>54310030206</v>
+      </c>
+      <c r="D62" s="6">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F62" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I62" s="3"/>
+    </row>
+    <row r="63" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="25">
+        <v>61</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C63" s="10">
+        <v>54310030246</v>
+      </c>
+      <c r="D63" s="6">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F63" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I63" s="3"/>
+    </row>
+    <row r="64" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="25">
+        <v>62</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D64" s="6">
+        <v>0.08</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F64" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I64" s="3"/>
+    </row>
+    <row r="65" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="25">
+        <v>63</v>
+      </c>
+      <c r="B65" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C65" s="10">
+        <v>54310020516</v>
+      </c>
+      <c r="D65" s="24">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F65" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H65" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="25">
+        <v>64</v>
+      </c>
+      <c r="B66" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C66" s="10">
+        <v>54110010085</v>
+      </c>
+      <c r="D66" s="24">
+        <v>0.04</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F66" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H66" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="25">
+        <v>65</v>
+      </c>
+      <c r="B67" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C67" s="10">
+        <v>54110010085</v>
+      </c>
+      <c r="D67" s="24">
+        <v>0.08</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F67" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G67" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H67" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="25">
+        <v>66</v>
+      </c>
+      <c r="B68" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="C68" s="10">
+        <v>54310020562</v>
+      </c>
+      <c r="D68" s="24">
+        <v>0.02</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F68" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H68" s="25" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="25">
+        <v>67</v>
+      </c>
+      <c r="B69" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="C69" s="10">
+        <v>54310020144</v>
+      </c>
+      <c r="D69" s="24">
+        <v>0.12</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F69" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H69" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="25">
+        <v>68</v>
+      </c>
+      <c r="B70" s="26" t="s">
+        <v>93</v>
+      </c>
+      <c r="C70" s="10">
+        <v>54310020471</v>
+      </c>
+      <c r="D70" s="27">
+        <v>0.13</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F70" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G70" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H70" s="25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="25">
+        <v>69</v>
+      </c>
+      <c r="B71" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C71" s="10">
+        <v>54110010232</v>
+      </c>
+      <c r="D71" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F71" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H71" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="25">
+        <v>70</v>
+      </c>
+      <c r="B72" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C72" s="10">
+        <v>54110010232</v>
+      </c>
+      <c r="D72" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F72" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H72" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="25">
+        <v>71</v>
+      </c>
+      <c r="B73" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C73" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D73" s="27">
+        <v>0.25</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F73" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H73" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="25">
+        <v>72</v>
+      </c>
+      <c r="B74" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C74" s="10">
+        <v>54310020567</v>
+      </c>
+      <c r="D74" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F74" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H74" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="25">
+        <v>73</v>
+      </c>
+      <c r="B75" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C75" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D75" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F75" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H75" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="25">
+        <v>74</v>
+      </c>
+      <c r="B76" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" s="10">
+        <v>54310020350</v>
+      </c>
+      <c r="D76" s="27">
+        <v>0.08</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F76" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H76" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="25">
+        <v>75</v>
+      </c>
+      <c r="B77" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="10">
+        <v>54310020148</v>
+      </c>
+      <c r="D77" s="27">
+        <v>0.25</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F77" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H77" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="25">
+        <v>76</v>
+      </c>
+      <c r="B78" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C78" s="10">
+        <v>54310020553</v>
+      </c>
+      <c r="D78" s="27">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F78" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H78" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="25">
+        <v>77</v>
+      </c>
+      <c r="B79" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="C79" s="10">
+        <v>54310020404</v>
+      </c>
+      <c r="D79" s="27">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F79" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H79" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="25">
+        <v>78</v>
+      </c>
+      <c r="B80" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="C80" s="10">
+        <v>54310020230</v>
+      </c>
+      <c r="D80" s="27">
+        <v>0.1734</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F80" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H80" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="25">
+        <v>79</v>
+      </c>
+      <c r="B81" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C81" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D81" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F81" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H81" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="25">
+        <v>80</v>
+      </c>
+      <c r="B82" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C82" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D82" s="27">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F82" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H82" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="25">
+        <v>81</v>
+      </c>
+      <c r="B83" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="C83" s="10">
+        <v>54310020484</v>
+      </c>
+      <c r="D83" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F83" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H83" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="25">
+        <v>82</v>
+      </c>
+      <c r="B84" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C84" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D84" s="27">
+        <v>0.08</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F84" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H84" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="25">
+        <v>83</v>
+      </c>
+      <c r="B85" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C85" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D85" s="27">
+        <v>0.25</v>
+      </c>
+      <c r="E85" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F85" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H85" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="25">
+        <v>84</v>
+      </c>
+      <c r="B86" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C86" s="10">
+        <v>54310020285</v>
+      </c>
+      <c r="D86" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F86" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H86" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="25">
+        <v>85</v>
+      </c>
+      <c r="B87" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="10">
+        <v>54310020122</v>
+      </c>
+      <c r="D87" s="27">
+        <v>1.9E-2</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F87" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H87" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="25">
+        <v>86</v>
+      </c>
+      <c r="B88" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C88" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D88" s="27">
+        <v>0.17</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F88" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H88" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="25">
+        <v>87</v>
+      </c>
+      <c r="B89" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C89" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D89" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E89" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F89" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H89" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="25">
+        <v>88</v>
+      </c>
+      <c r="B90" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C90" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D90" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F90" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H90" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="25">
+        <v>89</v>
+      </c>
+      <c r="B91" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C91" s="10">
+        <v>54310020635</v>
+      </c>
+      <c r="D91" s="27">
+        <v>0.11</v>
+      </c>
+      <c r="E91" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F91" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H91" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="25">
+        <v>90</v>
+      </c>
+      <c r="B92" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C92" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D92" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F92" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H92" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="25">
+        <v>91</v>
+      </c>
+      <c r="B93" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C93" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D93" s="27">
+        <v>0.11</v>
+      </c>
+      <c r="E93" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F93" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H93" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="25">
+        <v>92</v>
+      </c>
+      <c r="B94" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C94" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D94" s="27">
+        <v>0.13</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F94" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H94" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="25">
+        <v>93</v>
+      </c>
+      <c r="B95" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C95" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D95" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E95" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F95" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H95" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="25">
+        <v>94</v>
+      </c>
+      <c r="B96" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C96" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D96" s="27">
+        <v>0.08</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F96" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H96" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="25">
+        <v>95</v>
+      </c>
+      <c r="B97" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C97" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D97" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F97" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H97" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="25">
+        <v>96</v>
+      </c>
+      <c r="B98" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C98" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D98" s="27">
+        <v>0.13</v>
+      </c>
+      <c r="E98" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F98" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H98" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="25">
+        <v>97</v>
+      </c>
+      <c r="B99" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C99" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D99" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="E99" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F99" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H99" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="25">
+        <v>98</v>
+      </c>
+      <c r="B100" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C100" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D100" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E100" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F100" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H100" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="25">
+        <v>99</v>
+      </c>
+      <c r="B101" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C101" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D101" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E101" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F101" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H101" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="25">
+        <v>100</v>
+      </c>
+      <c r="B102" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C102" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D102" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E102" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F102" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H102" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="25">
+        <v>101</v>
+      </c>
+      <c r="B103" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C103" s="10">
+        <v>54110010232</v>
+      </c>
+      <c r="D103" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E103" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F103" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G103" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H103" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="25">
+        <v>102</v>
+      </c>
+      <c r="B104" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C104" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D104" s="27">
+        <v>0.13</v>
+      </c>
+      <c r="E104" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F104" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G104" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H104" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="25">
+        <v>103</v>
+      </c>
+      <c r="B105" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C105" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D105" s="27">
+        <v>0.09</v>
+      </c>
+      <c r="E105" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F105" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G105" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H105" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="25">
+        <v>104</v>
+      </c>
+      <c r="B106" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C106" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D106" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E106" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F106" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H106" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="25">
+        <v>105</v>
+      </c>
+      <c r="B107" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C107" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D107" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E107" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F107" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G107" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H107" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="25">
+        <v>106</v>
+      </c>
+      <c r="B108" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="C108" s="10">
+        <v>54110010108</v>
+      </c>
+      <c r="D108" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E108" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F108" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G108" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H108" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="25">
+        <v>107</v>
+      </c>
+      <c r="B109" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C109" s="10">
+        <v>54110010233</v>
+      </c>
+      <c r="D109" s="27">
+        <v>0.1381</v>
+      </c>
+      <c r="E109" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F109" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H109" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="25">
+        <v>108</v>
+      </c>
+      <c r="B110" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C110" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D110" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E110" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F110" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H110" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="25">
+        <v>109</v>
+      </c>
+      <c r="B111" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C111" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D111" s="27">
+        <v>0.2</v>
+      </c>
+      <c r="E111" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F111" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G111" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H111" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="25">
+        <v>110</v>
+      </c>
+      <c r="B112" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C112" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D112" s="27">
+        <v>0.13</v>
+      </c>
+      <c r="E112" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F112" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H112" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="25">
+        <v>111</v>
+      </c>
+      <c r="B113" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C113" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D113" s="27">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="E113" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F113" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G113" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H113" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="25">
+        <v>112</v>
+      </c>
+      <c r="B114" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="C114" s="10">
+        <v>54110010108</v>
+      </c>
+      <c r="D114" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E114" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F114" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H114" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="25">
+        <v>113</v>
+      </c>
+      <c r="B115" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C115" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D115" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E115" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F115" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G115" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H115" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="25">
+        <v>114</v>
+      </c>
+      <c r="B116" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C116" s="10">
+        <v>54110010097</v>
+      </c>
+      <c r="D116" s="27">
+        <v>0.11</v>
+      </c>
+      <c r="E116" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F116" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H116" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20" s="14" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="25">
+        <v>115</v>
+      </c>
+      <c r="B117" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C117" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D117" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="E117" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F117" s="12">
+        <v>47483</v>
+      </c>
+      <c r="G117" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H117" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="J117" s="15"/>
+      <c r="K117" s="16"/>
+      <c r="L117" s="17"/>
+      <c r="M117" s="15"/>
+      <c r="N117" s="15"/>
+      <c r="O117" s="18"/>
+      <c r="P117" s="18"/>
+      <c r="Q117" s="19"/>
+      <c r="R117" s="20"/>
+      <c r="S117" s="8"/>
+      <c r="T117" s="15"/>
+    </row>
+    <row r="118" spans="1:20" s="14" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="25">
+        <v>116</v>
+      </c>
+      <c r="B118" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C118" s="10">
+        <v>54310020318</v>
+      </c>
+      <c r="D118" s="13">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="E118" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F118" s="12">
+        <v>47848</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H118" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20" s="14" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="25">
+        <v>117</v>
+      </c>
+      <c r="B119" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C119" s="10">
+        <v>54310020635</v>
+      </c>
+      <c r="D119" s="13">
+        <v>0.09</v>
+      </c>
+      <c r="E119" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F119" s="12">
+        <v>47848</v>
+      </c>
+      <c r="G119" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H119" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="120" spans="1:20" s="14" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="25">
+        <v>118</v>
+      </c>
+      <c r="B120" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C120" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D120" s="13">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E120" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F120" s="12">
+        <v>47483</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H120" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="121" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="25">
+        <v>119</v>
+      </c>
+      <c r="B121" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C121" s="10">
+        <v>54310030206</v>
+      </c>
+      <c r="D121" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E121" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F121" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G121" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H121" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="122" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="25">
+        <v>120</v>
+      </c>
+      <c r="B122" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C122" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D122" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E122" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F122" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H122" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="123" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="25">
+        <v>121</v>
+      </c>
+      <c r="B123" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="C123" s="10">
+        <v>54310020400</v>
+      </c>
+      <c r="D123" s="27">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="E123" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F123" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H123" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="124" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="25">
+        <v>122</v>
+      </c>
+      <c r="B124" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="C124" s="10">
+        <v>54310020114</v>
+      </c>
+      <c r="D124" s="27">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="E124" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F124" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H124" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="25">
+        <v>123</v>
+      </c>
+      <c r="B125" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C125" s="10">
+        <v>54310020136</v>
+      </c>
+      <c r="D125" s="27">
+        <v>4.7E-2</v>
+      </c>
+      <c r="E125" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F125" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H125" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="25">
+        <v>124</v>
+      </c>
+      <c r="B126" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C126" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D126" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="E126" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F126" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H126" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="25">
+        <v>125</v>
+      </c>
+      <c r="B127" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="C127" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D127" s="27">
+        <v>0.09</v>
+      </c>
+      <c r="E127" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F127" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G127" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H127" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="25">
+        <v>126</v>
+      </c>
+      <c r="B128" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C128" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D128" s="27">
+        <v>0.21</v>
+      </c>
+      <c r="E128" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F128" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H128" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="25">
+        <v>127</v>
+      </c>
+      <c r="B129" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C129" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D129" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E129" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F129" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H129" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="25">
+        <v>128</v>
+      </c>
+      <c r="B130" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C130" s="10">
+        <v>54110010121</v>
+      </c>
+      <c r="D130" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E130" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F130" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G130" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H130" s="25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" s="21" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="25">
+        <v>129</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C131" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D131" s="6">
+        <v>0.11</v>
+      </c>
+      <c r="E131" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F131" s="12">
+        <v>47848</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H131" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I131" s="3"/>
+    </row>
+    <row r="132" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="25">
+        <v>130</v>
+      </c>
+      <c r="B132" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C132" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D132" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E132" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F132" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H132" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="25">
+        <v>131</v>
+      </c>
+      <c r="B133" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C133" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D133" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="E133" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F133" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H133" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="25">
+        <v>132</v>
+      </c>
+      <c r="B134" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C134" s="10">
+        <v>54310030206</v>
+      </c>
+      <c r="D134" s="27">
+        <v>0.19</v>
+      </c>
+      <c r="E134" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F134" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H134" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="25">
+        <v>133</v>
+      </c>
+      <c r="B135" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C135" s="10">
+        <v>54310020635</v>
+      </c>
+      <c r="D135" s="27">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E135" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F135" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G135" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H135" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="25">
+        <v>134</v>
+      </c>
+      <c r="B136" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C136" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D136" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="E136" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F136" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H136" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="25">
+        <v>135</v>
+      </c>
+      <c r="B137" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="C137" s="10">
+        <v>54310020328</v>
+      </c>
+      <c r="D137" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E137" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F137" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H137" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="25">
+        <v>136</v>
+      </c>
+      <c r="B138" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C138" s="10">
+        <v>54110010097</v>
+      </c>
+      <c r="D138" s="27">
+        <v>0.22</v>
+      </c>
+      <c r="E138" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F138" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H138" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="25">
+        <v>137</v>
+      </c>
+      <c r="B139" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C139" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D139" s="27">
+        <v>0.22</v>
+      </c>
+      <c r="E139" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F139" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G139" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H139" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="25">
+        <v>138</v>
+      </c>
+      <c r="B140" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C140" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D140" s="27">
+        <v>0.16</v>
+      </c>
+      <c r="E140" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F140" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H140" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="25">
+        <v>139</v>
+      </c>
+      <c r="B141" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C141" s="10">
+        <v>54310020571</v>
+      </c>
+      <c r="D141" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E141" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F141" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H141" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="25">
+        <v>140</v>
+      </c>
+      <c r="B142" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C142" s="10">
+        <v>54110010097</v>
+      </c>
+      <c r="D142" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E142" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F142" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H142" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="25">
+        <v>141</v>
+      </c>
+      <c r="B143" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C143" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D143" s="27">
+        <v>0.01</v>
+      </c>
+      <c r="E143" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F143" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H143" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="25">
+        <v>142</v>
+      </c>
+      <c r="B144" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C144" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D144" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E144" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F144" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G144" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H144" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="25">
+        <v>143</v>
+      </c>
+      <c r="B145" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="C145" s="10">
+        <v>54110010099</v>
+      </c>
+      <c r="D145" s="27">
+        <v>0.08</v>
+      </c>
+      <c r="E145" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F145" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H145" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="25">
+        <v>144</v>
+      </c>
+      <c r="B146" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="C146" s="10">
+        <v>54310020571</v>
+      </c>
+      <c r="D146" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E146" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F146" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H146" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="25">
+        <v>145</v>
+      </c>
+      <c r="B147" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C147" s="10">
+        <v>54310030206</v>
+      </c>
+      <c r="D147" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E147" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F147" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G147" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H147" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="25">
+        <v>146</v>
+      </c>
+      <c r="B148" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C148" s="10">
+        <v>54110010097</v>
+      </c>
+      <c r="D148" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E148" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F148" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G148" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H148" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="25">
+        <v>147</v>
+      </c>
+      <c r="B149" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C149" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D149" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E149" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F149" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G149" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H149" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="25">
+        <v>148</v>
+      </c>
+      <c r="B150" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C150" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D150" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E150" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F150" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H150" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="25">
+        <v>149</v>
+      </c>
+      <c r="B151" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C151" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D151" s="27">
+        <v>0.16</v>
+      </c>
+      <c r="E151" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F151" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G151" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H151" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="25">
+        <v>150</v>
+      </c>
+      <c r="B152" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C152" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D152" s="27">
+        <v>0.11</v>
+      </c>
+      <c r="E152" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F152" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G152" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H152" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="25">
+        <v>151</v>
+      </c>
+      <c r="B153" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C153" s="10">
+        <v>54310020563</v>
+      </c>
+      <c r="D153" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E153" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F153" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G153" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H153" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="25">
+        <v>152</v>
+      </c>
+      <c r="B154" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C154" s="10">
+        <v>54110010118</v>
+      </c>
+      <c r="D154" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E154" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F154" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G154" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H154" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="25">
+        <v>153</v>
+      </c>
+      <c r="B155" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C155" s="10">
+        <v>54310020142</v>
+      </c>
+      <c r="D155" s="27">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E155" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F155" s="28">
+        <v>47149</v>
+      </c>
+      <c r="G155" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H155" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="25">
+        <v>154</v>
+      </c>
+      <c r="B156" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C156" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D156" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E156" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F156" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G156" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H156" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="25">
+        <v>155</v>
+      </c>
+      <c r="B157" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C157" s="10">
+        <v>54110010098</v>
+      </c>
+      <c r="D157" s="27">
+        <v>0.12</v>
+      </c>
+      <c r="E157" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F157" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G157" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H157" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="25">
+        <v>156</v>
+      </c>
+      <c r="B158" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C158" s="10">
+        <v>54110010096</v>
+      </c>
+      <c r="D158" s="27">
+        <v>0.1</v>
+      </c>
+      <c r="E158" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F158" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H158" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="25">
+        <v>157</v>
+      </c>
+      <c r="B159" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C159" s="10">
+        <v>54110010211</v>
+      </c>
+      <c r="D159" s="27">
+        <v>0.11</v>
+      </c>
+      <c r="E159" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F159" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G159" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H159" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="25">
+        <v>158</v>
+      </c>
+      <c r="B160" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C160" s="10">
+        <v>54310020206</v>
+      </c>
+      <c r="D160" s="27">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E160" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F160" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H160" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="25">
+        <v>159</v>
+      </c>
+      <c r="B161" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C161" s="10">
+        <v>54310020407</v>
+      </c>
+      <c r="D161" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E161" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F161" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G161" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H161" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="25">
+        <v>160</v>
+      </c>
+      <c r="B162" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C162" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D162" s="27">
+        <v>0.23</v>
+      </c>
+      <c r="E162" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F162" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G162" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H162" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="25">
+        <v>161</v>
+      </c>
+      <c r="B163" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C163" s="10">
+        <v>54310020571</v>
+      </c>
+      <c r="D163" s="27">
+        <v>0.18</v>
+      </c>
+      <c r="E163" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F163" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G163" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H163" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="25">
+        <v>162</v>
+      </c>
+      <c r="B164" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C164" s="10">
+        <v>54310020515</v>
+      </c>
+      <c r="D164" s="27">
+        <v>0.13</v>
+      </c>
+      <c r="E164" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F164" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H164" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="25">
+        <v>163</v>
+      </c>
+      <c r="B165" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C165" s="10">
+        <v>54310020397</v>
+      </c>
+      <c r="D165" s="27">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="E165" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F165" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G165" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H165" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="25">
+        <v>164</v>
+      </c>
+      <c r="B166" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C166" s="10">
+        <v>54110010108</v>
+      </c>
+      <c r="D166" s="27">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E166" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F166" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G166" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H166" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="25">
+        <v>165</v>
+      </c>
+      <c r="B167" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C167" s="10">
+        <v>54310020490</v>
+      </c>
+      <c r="D167" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E167" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F167" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G167" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H167" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="25">
+        <v>166</v>
+      </c>
+      <c r="B168" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C168" s="10">
+        <v>54310030206</v>
+      </c>
+      <c r="D168" s="27">
+        <v>0.11</v>
+      </c>
+      <c r="E168" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F168" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H168" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="25">
+        <v>167</v>
+      </c>
+      <c r="B169" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C169" s="10">
+        <v>54110010117</v>
+      </c>
+      <c r="D169" s="27">
+        <v>0.01</v>
+      </c>
+      <c r="E169" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F169" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G169" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H169" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="25">
+        <v>168</v>
+      </c>
+      <c r="B170" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C170" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D170" s="27">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E170" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F170" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H170" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="25">
+        <v>169</v>
+      </c>
+      <c r="B171" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C171" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D171" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E171" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F171" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G171" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H171" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="25">
+        <v>170</v>
+      </c>
+      <c r="B172" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C172" s="10">
+        <v>54310020412</v>
+      </c>
+      <c r="D172" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E172" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F172" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H172" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="25">
+        <v>171</v>
+      </c>
+      <c r="B173" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C173" s="10">
+        <v>54310020413</v>
+      </c>
+      <c r="D173" s="27">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="E173" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F173" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H173" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="25">
+        <v>172</v>
+      </c>
+      <c r="B174" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="C174" s="10">
+        <v>54310020414</v>
+      </c>
+      <c r="D174" s="27">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="E174" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F174" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G174" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H174" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="25">
+        <v>173</v>
+      </c>
+      <c r="B175" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C175" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D175" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E175" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F175" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G175" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H175" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="25">
+        <v>174</v>
+      </c>
+      <c r="B176" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C176" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D176" s="27">
+        <v>0.09</v>
+      </c>
+      <c r="E176" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F176" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H176" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="25">
+        <v>175</v>
+      </c>
+      <c r="B177" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C177" s="10">
+        <v>54310020322</v>
+      </c>
+      <c r="D177" s="27">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="E177" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F177" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G177" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H177" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="25">
+        <v>176</v>
+      </c>
+      <c r="B178" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C178" s="10">
+        <v>54310020321</v>
+      </c>
+      <c r="D178" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E178" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F178" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H178" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="25">
+        <v>177</v>
+      </c>
+      <c r="B179" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C179" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D179" s="27">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E179" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F179" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H179" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="25">
+        <v>178</v>
+      </c>
+      <c r="B180" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C180" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D180" s="27">
+        <v>0.71</v>
+      </c>
+      <c r="E180" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F180" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G180" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H180" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="25">
+        <v>179</v>
+      </c>
+      <c r="B181" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C181" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D181" s="27">
+        <v>0.08</v>
+      </c>
+      <c r="E181" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F181" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G181" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H181" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="25">
+        <v>180</v>
+      </c>
+      <c r="B182" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C182" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D182" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E182" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F182" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H182" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="25">
+        <v>181</v>
+      </c>
+      <c r="B183" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C183" s="10">
+        <v>54310020133</v>
+      </c>
+      <c r="D183" s="27">
+        <v>0.01</v>
+      </c>
+      <c r="E183" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F183" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G183" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H183" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="25">
+        <v>182</v>
+      </c>
+      <c r="B184" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C184" s="10">
+        <v>54110010103</v>
+      </c>
+      <c r="D184" s="27">
+        <v>0.08</v>
+      </c>
+      <c r="E184" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F184" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H184" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="25">
+        <v>183</v>
+      </c>
+      <c r="B185" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C185" s="10">
+        <v>54310020268</v>
+      </c>
+      <c r="D185" s="27">
+        <v>0.108</v>
+      </c>
+      <c r="E185" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F185" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H185" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="25">
+        <v>184</v>
+      </c>
+      <c r="B186" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C186" s="10">
+        <v>54310020238</v>
+      </c>
+      <c r="D186" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E186" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F186" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H186" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="25">
+        <v>185</v>
+      </c>
+      <c r="B187" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C187" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D187" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E187" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F187" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H187" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="25">
+        <v>186</v>
+      </c>
+      <c r="B188" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C188" s="10">
+        <v>54310020313</v>
+      </c>
+      <c r="D188" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E188" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F188" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H188" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="25">
+        <v>187</v>
+      </c>
+      <c r="B189" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C189" s="10">
+        <v>54310020294</v>
+      </c>
+      <c r="D189" s="27">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="E189" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F189" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H189" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="25">
+        <v>188</v>
+      </c>
+      <c r="B190" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C190" s="10">
+        <v>54310020522</v>
+      </c>
+      <c r="D190" s="27">
+        <v>0.04</v>
+      </c>
+      <c r="E190" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F190" s="28">
+        <v>47118</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H190" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="25">
         <v>189</v>
       </c>
-      <c r="B1" s="18"/>
-[...45 lines deleted...]
-      <c r="E3" s="5">
+      <c r="B191" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C191" s="10">
+        <v>54310020334</v>
+      </c>
+      <c r="D191" s="27">
+        <v>3.5499999999999997E-2</v>
+      </c>
+      <c r="E191" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F191" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G191" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H191" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="25">
+        <v>190</v>
+      </c>
+      <c r="B192" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C192" s="10">
+        <v>54310020134</v>
+      </c>
+      <c r="D192" s="27">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="E192" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F192" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H192" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="25">
+        <v>191</v>
+      </c>
+      <c r="B193" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C193" s="10">
+        <v>54310020438</v>
+      </c>
+      <c r="D193" s="27">
+        <v>0.25</v>
+      </c>
+      <c r="E193" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F193" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G193" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H193" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="25">
+        <v>192</v>
+      </c>
+      <c r="B194" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C194" s="10">
+        <v>54310020273</v>
+      </c>
+      <c r="D194" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E194" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F194" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H194" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="25">
+        <v>193</v>
+      </c>
+      <c r="B195" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C195" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D195" s="27">
+        <v>0.16</v>
+      </c>
+      <c r="E195" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F195" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G195" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H195" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="25">
+        <v>194</v>
+      </c>
+      <c r="B196" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C196" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D196" s="27">
+        <v>0.02</v>
+      </c>
+      <c r="E196" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F196" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G196" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H196" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="25">
+        <v>195</v>
+      </c>
+      <c r="B197" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C197" s="10">
+        <v>54310020376</v>
+      </c>
+      <c r="D197" s="27">
         <v>4.2999999999999997E-2</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...13 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="E197" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F197" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G197" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H197" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="25">
+        <v>196</v>
+      </c>
+      <c r="B198" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C198" s="10">
+        <v>54110010117</v>
+      </c>
+      <c r="D198" s="27">
+        <v>0.03</v>
+      </c>
+      <c r="E198" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F198" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G198" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H198" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="25">
+        <v>197</v>
+      </c>
+      <c r="B199" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="3">
-[...201 lines deleted...]
-      <c r="A12" s="8">
+      <c r="C199" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D199" s="27">
+        <v>0.09</v>
+      </c>
+      <c r="E199" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F199" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H199" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="25">
+        <v>198</v>
+      </c>
+      <c r="B200" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C200" s="10">
+        <v>54310020235</v>
+      </c>
+      <c r="D200" s="27">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="E200" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F200" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H200" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="25">
+        <v>199</v>
+      </c>
+      <c r="B201" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C201" s="10">
+        <v>54310020271</v>
+      </c>
+      <c r="D201" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E201" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F201" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G201" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H201" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="25">
+        <v>200</v>
+      </c>
+      <c r="B202" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C202" s="10">
+        <v>54310020270</v>
+      </c>
+      <c r="D202" s="27">
+        <v>0.05</v>
+      </c>
+      <c r="E202" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F202" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G202" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H202" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="25">
+        <v>201</v>
+      </c>
+      <c r="B203" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C203" s="10">
+        <v>54310020431</v>
+      </c>
+      <c r="D203" s="27">
+        <v>0.06</v>
+      </c>
+      <c r="E203" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F203" s="28">
+        <v>47848</v>
+      </c>
+      <c r="G203" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H203" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="25">
+        <v>202</v>
+      </c>
+      <c r="B204" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C204" s="10">
+        <v>54310030219</v>
+      </c>
+      <c r="D204" s="27">
+        <v>0.161</v>
+      </c>
+      <c r="E204" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F204" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H204" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="25">
+        <v>203</v>
+      </c>
+      <c r="B205" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="5">
+      <c r="C205" s="10">
+        <v>54310020521</v>
+      </c>
+      <c r="D205" s="27">
+        <v>0.15</v>
+      </c>
+      <c r="E205" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F205" s="28">
+        <v>47483</v>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H205" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="25">
+        <v>204</v>
+      </c>
+      <c r="B206" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C206" s="10">
+        <v>54310020282</v>
+      </c>
+      <c r="D206" s="27">
+        <v>7.8700000000000006E-2</v>
+      </c>
+      <c r="E206" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F206" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G206" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H206" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="25">
+        <v>205</v>
+      </c>
+      <c r="B207" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C207" s="10">
+        <v>54310020451</v>
+      </c>
+      <c r="D207" s="27">
+        <v>0.16</v>
+      </c>
+      <c r="E207" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F207" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G207" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H207" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="25">
+        <v>206</v>
+      </c>
+      <c r="B208" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C208" s="10">
+        <v>54110010200</v>
+      </c>
+      <c r="D208" s="27">
         <v>0.08</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...143 lines deleted...]
-      <c r="B18" s="3" t="s">
+      <c r="E208" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F208" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G208" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H208" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="25">
+        <v>207</v>
+      </c>
+      <c r="B209" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C209" s="10">
+        <v>54110010060</v>
+      </c>
+      <c r="D209" s="27">
+        <v>0.77</v>
+      </c>
+      <c r="E209" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F209" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G209" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H209" s="7" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A210" s="25">
+        <v>208</v>
+      </c>
+      <c r="B210" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="C210" s="25">
+        <v>54310020235</v>
+      </c>
+      <c r="D210" s="27">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="E210" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F210" s="28">
+        <v>48213</v>
+      </c>
+      <c r="G210" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H210" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A211" s="25">
+        <v>209</v>
+      </c>
+      <c r="B211" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="3">
-[...161 lines deleted...]
-      <c r="E24" s="5">
+      <c r="C211" s="25">
+        <v>54110010103</v>
+      </c>
+      <c r="D211" s="27">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="F24" s="1" t="s">
-[...152 lines deleted...]
-      <c r="E30" s="5">
+      <c r="E211" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F211" s="28">
+        <v>46387</v>
+      </c>
+      <c r="G211" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H211" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A212" s="25">
+        <v>210</v>
+      </c>
+      <c r="B212" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="C212" s="25">
+        <v>54110010231</v>
+      </c>
+      <c r="D212" s="27">
         <v>0.1</v>
       </c>
-      <c r="F30" s="1" t="s">
-[...418 lines deleted...]
-      <c r="G46" s="6">
+      <c r="E212" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="F212" s="28">
         <v>46387</v>
       </c>
-      <c r="H46" s="3" t="s">
-[...6687 lines deleted...]
-        <v>186</v>
+      <c r="G212" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H212" s="7" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B2:H303" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:WVP212" xr:uid="{84790F44-5DB0-4487-8149-ED1DD116C7F4}"/>
   <mergeCells count="1">
-    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A1:H1"/>
   </mergeCells>
-  <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-</worksheet>
-[...22 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Sheet3</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Liga Lauga</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>