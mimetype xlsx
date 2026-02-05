--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,604 +1,651 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20730"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7CB869A-1E46-4EB2-BAFA-BEB651C6B2FA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elita.andrasone\Documents\Svete\nomas\publicešana\nomas_ligumi_uz2025_decembri\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{13992DEE-0958-4F47-9BE4-13F4E2183D99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2196" yWindow="2196" windowWidth="17280" windowHeight="10044" xr2:uid="{679D0CB9-8C86-4C27-853B-E98C39A03E42}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$G$1:$G$183</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$M$108</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="626" uniqueCount="78">
-[...10 lines deleted...]
-    <t>Nomas objekta platība (ha)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="71">
+  <si>
+    <t>Nosaukums</t>
+  </si>
+  <si>
+    <t>Kadastra apzīmējums</t>
+  </si>
+  <si>
+    <t>Nomas maksa (likme %, EUR)</t>
+  </si>
+  <si>
+    <t>NR.p.k.</t>
+  </si>
+  <si>
+    <t>1,5 %, ne mazāk kā 5 EUR</t>
+  </si>
+  <si>
+    <t>Palīgsaimniecība</t>
+  </si>
+  <si>
+    <t>lauksaimniecība</t>
+  </si>
+  <si>
+    <t>28EUR</t>
+  </si>
+  <si>
+    <t>1,5%, ne mazāk kā 28EUR</t>
+  </si>
+  <si>
+    <t>Platība (ha)</t>
+  </si>
+  <si>
+    <t>Nomnieks</t>
   </si>
   <si>
     <t>Nomas termiņš</t>
   </si>
   <si>
-    <t>Nomas objekta izmantošanas mērķis</t>
-[...8 lines deleted...]
-    <t>noslēgtie neapbūvētas zemes nomas līgumi Zaļenieku pagastā</t>
+    <t>75,6EUR</t>
+  </si>
+  <si>
+    <t>Iznomāšanas mērķis</t>
+  </si>
+  <si>
+    <t>Noslēgtie neapbūvētas zemes nomas līgumi Zaļenieku pagastā</t>
   </si>
   <si>
     <t>Grāvmaļi</t>
   </si>
   <si>
     <t>Millerēni</t>
   </si>
   <si>
     <t>Raķetes</t>
   </si>
   <si>
-    <t>Vētras</t>
+    <t>1,9</t>
+  </si>
+  <si>
+    <t>Azaidi ZS</t>
   </si>
   <si>
     <t>Milleru lauks</t>
   </si>
   <si>
-    <t>Zeltiņu lauks</t>
-[...1 lines deleted...]
-  <si>
     <t>Saullēkti a.d.</t>
   </si>
   <si>
-    <t>Jaunspurģu lauks</t>
-[...1 lines deleted...]
-  <si>
     <t>Zaļenieku lauksaimniecības skola</t>
   </si>
   <si>
+    <t>Senči</t>
+  </si>
+  <si>
     <t>Lejas Stuļģi</t>
   </si>
   <si>
     <t>Miezīšu lauks</t>
   </si>
   <si>
     <t>Rammu lauks</t>
   </si>
   <si>
     <t>Burtnieku lauks</t>
   </si>
   <si>
-    <t>Tīreļu lauks</t>
+    <t>Tīreļi</t>
+  </si>
+  <si>
+    <t>Jaunlejnieki ZS</t>
+  </si>
+  <si>
+    <t>Jaunzemji ZS</t>
   </si>
   <si>
     <t>Ataudzītes</t>
   </si>
   <si>
     <t>Zelmeņi</t>
   </si>
   <si>
     <t>Tūju lauks</t>
   </si>
   <si>
-    <t>G</t>
-[...4 lines deleted...]
-  <si>
     <t>Zaļenieku centrs</t>
   </si>
   <si>
-    <t>Mazdunču lauks</t>
+    <t>Mežacīruļi SIA</t>
+  </si>
+  <si>
+    <t>Ozoliņi z/s</t>
+  </si>
+  <si>
+    <t>28 EUR</t>
   </si>
   <si>
     <t>Sermuliņu lauks</t>
   </si>
   <si>
+    <t>Pļavnieki z/s</t>
+  </si>
+  <si>
     <t>Viecie Milleri</t>
   </si>
   <si>
+    <t>265EUR</t>
+  </si>
+  <si>
+    <t>3,5</t>
+  </si>
+  <si>
+    <t>Suteņi z/s</t>
+  </si>
+  <si>
+    <t>Zaļenieku pagasta iedzīvotāju biedrība</t>
+  </si>
+  <si>
+    <t>šūpoļu parka uzstādīšanai, teritorijas labiekārtošanai un uzturēšanai</t>
+  </si>
+  <si>
     <t>Pūteļu ūdenskrātuve</t>
   </si>
   <si>
-    <t>3,4</t>
-[...5 lines deleted...]
-    <t>lauksaimniecība</t>
+    <t>Zemkalni ST</t>
   </si>
   <si>
     <t>atpūtas vietas uzturēšana</t>
   </si>
   <si>
-    <t>Azaidi ZS</t>
-[...44 lines deleted...]
-    <t>14,28 EUR</t>
+    <t>Kūtiņas</t>
+  </si>
+  <si>
+    <t>31.12.2030.</t>
+  </si>
+  <si>
+    <t>Jaunupenieki zs</t>
+  </si>
+  <si>
+    <t>privātpersona</t>
+  </si>
+  <si>
+    <t>570EUR</t>
   </si>
   <si>
     <t>930EUR</t>
   </si>
   <si>
-    <t>499,8EUR</t>
-[...8 lines deleted...]
-    <t>231EUR</t>
+    <t>1050EUR</t>
   </si>
   <si>
     <t>151,2EUR</t>
   </si>
   <si>
-    <t>40EUR</t>
-[...1 lines deleted...]
-  <si>
     <t>60EUR</t>
   </si>
   <si>
     <t>726EUR</t>
   </si>
   <si>
-    <t>109,2EUR</t>
-[...4 lines deleted...]
-  <si>
     <t>92,4EUR</t>
   </si>
   <si>
     <t>441EUR</t>
   </si>
   <si>
-    <t>413,28EUR</t>
-[...2 lines deleted...]
-    <t>846,45EUR</t>
+    <t>777EUR</t>
+  </si>
+  <si>
+    <t>1230EUR</t>
+  </si>
+  <si>
+    <t>1815EUR</t>
   </si>
   <si>
     <t>67,2EUR</t>
   </si>
   <si>
-    <t>75,6EUR</t>
-[...23 lines deleted...]
-    <t>Privātpersona</t>
+    <t>75EUR</t>
+  </si>
+  <si>
+    <t>190EUR</t>
+  </si>
+  <si>
+    <t>10866EUR</t>
+  </si>
+  <si>
+    <t>6590EUR</t>
+  </si>
+  <si>
+    <t>13576,5EUR</t>
+  </si>
+  <si>
+    <t>170EUR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-    <numFmt numFmtId="167" formatCode="dd\.mm\.yyyy\."/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="0.000"/>
+    <numFmt numFmtId="165" formatCode="dd\.mm\.yyyy\."/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...5 lines deleted...]
-      <family val="1"/>
       <charset val="186"/>
-    </font>
-[...3 lines deleted...]
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...48 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -610,4538 +657,3875 @@
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H183"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DFA9DED1-19FC-4AD6-9D6B-7685D570FBBC}">
+  <dimension ref="A1:I140"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A136" workbookViewId="0">
-      <selection activeCell="K11" sqref="K11"/>
+    <sheetView tabSelected="1" topLeftCell="A92" workbookViewId="0">
+      <selection activeCell="B104" sqref="B104"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="6.77734375" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="24.6640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.88671875" style="13"/>
+    <col min="2" max="2" width="17.77734375" style="13" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.5546875" style="13" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.44140625" style="13" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.109375" style="33" customWidth="1"/>
+    <col min="6" max="6" width="14.5546875" style="13" customWidth="1"/>
+    <col min="7" max="7" width="29.88671875" style="13" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="27.5546875" style="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A1" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1" s="34"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
+      <c r="F1" s="34"/>
+      <c r="G1" s="34"/>
+      <c r="H1" s="34"/>
+    </row>
+    <row r="2" spans="1:9" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H2" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A3" s="12">
+        <v>1</v>
+      </c>
+      <c r="B3" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D3" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E3" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G3" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A4" s="12">
+        <v>2</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D4" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E4" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G4" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A5" s="12">
+        <v>3</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D5" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E5" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" s="16">
+        <v>47118</v>
+      </c>
+      <c r="G5" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A6" s="12">
+        <v>4</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D6" s="2">
+        <v>0.09</v>
+      </c>
+      <c r="E6" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G6" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A7" s="12">
+        <v>5</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="4">
+        <v>54960040260</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G7" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A8" s="12">
+        <v>6</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D8" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E8" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G8" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A9" s="12">
+        <v>7</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D9" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="E9" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G9" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="12">
         <v>8</v>
       </c>
-      <c r="B1" s="6"/>
-[...22 lines deleted...]
-      <c r="F2" s="5" t="s">
+      <c r="B10" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D10" s="2">
+        <v>2.29E-2</v>
+      </c>
+      <c r="E10" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G10" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A11" s="12">
+        <v>9</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D11" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E11" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" s="17">
+        <v>47483</v>
+      </c>
+      <c r="G11" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A12" s="12">
+        <v>10</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D12" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E12" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G12" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A13" s="12">
+        <v>11</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C13" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D13" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E13" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G13" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A14" s="12">
+        <v>12</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D14" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E14" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G14" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A15" s="12">
+        <v>13</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D15" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E15" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" s="17">
+        <v>47483</v>
+      </c>
+      <c r="G15" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A16" s="12">
+        <v>14</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D16" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E16" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G16" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A17" s="12">
+        <v>15</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D17" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E17" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G17" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A18" s="12">
+        <v>16</v>
+      </c>
+      <c r="B18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D18" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E18" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G18" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A19" s="12">
+        <v>17</v>
+      </c>
+      <c r="B19" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="7">
+        <v>54960040442</v>
+      </c>
+      <c r="D19" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E19" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G19" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A20" s="12">
+        <v>18</v>
+      </c>
+      <c r="B20" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C20" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D20" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E20" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G20" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A21" s="12">
+        <v>19</v>
+      </c>
+      <c r="B21" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C21" s="18">
+        <v>54960040501</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0.03</v>
+      </c>
+      <c r="E21" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F21" s="19">
+        <v>47118</v>
+      </c>
+      <c r="G21" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A22" s="12">
+        <v>20</v>
+      </c>
+      <c r="B22" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="2">
+        <v>54960040371</v>
+      </c>
+      <c r="D22" s="2">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="E22" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G22" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A23" s="12">
+        <v>21</v>
+      </c>
+      <c r="B23" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="C23" s="2">
+        <v>54960040371</v>
+      </c>
+      <c r="D23" s="2">
+        <v>0.24</v>
+      </c>
+      <c r="E23" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G23" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A24" s="12">
+        <v>22</v>
+      </c>
+      <c r="B24" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D24" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E24" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F24" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G24" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A25" s="12">
+        <v>23</v>
+      </c>
+      <c r="B25" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="2">
+        <v>54960040126</v>
+      </c>
+      <c r="D25" s="2">
+        <v>36.22</v>
+      </c>
+      <c r="E25" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="F25" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G25" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="H25" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="5" t="s">
-[...16 lines deleted...]
-      <c r="D3" s="10" t="s">
+    </row>
+    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A26" s="12">
+        <v>24</v>
+      </c>
+      <c r="B26" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C26" s="2">
+        <v>54960040127</v>
+      </c>
+      <c r="D26" s="2">
+        <v>28.83</v>
+      </c>
+      <c r="E26" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G26" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A27" s="12">
+        <v>25</v>
+      </c>
+      <c r="B27" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" s="2">
+        <v>54960040015</v>
+      </c>
+      <c r="D27" s="2">
+        <v>48.08</v>
+      </c>
+      <c r="E27" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="F27" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G27" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A28" s="12">
+        <v>26</v>
+      </c>
+      <c r="B28" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28" s="2">
+        <v>54960040207</v>
+      </c>
+      <c r="D28" s="2">
+        <v>0.88</v>
+      </c>
+      <c r="E28" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G28" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A29" s="12">
+        <v>27</v>
+      </c>
+      <c r="B29" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29" s="2">
+        <v>54960040204</v>
+      </c>
+      <c r="D29" s="2">
+        <v>0.3</v>
+      </c>
+      <c r="E29" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F29" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G29" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="12">
+        <v>28</v>
+      </c>
+      <c r="B30" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" s="2">
+        <v>54960040177</v>
+      </c>
+      <c r="D30" s="2">
+        <v>0.15</v>
+      </c>
+      <c r="E30" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G30" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A31" s="12">
+        <v>29</v>
+      </c>
+      <c r="B31" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C31" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D31" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E31" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G31" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A32" s="12">
+        <v>30</v>
+      </c>
+      <c r="B32" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C32" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D32" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E32" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G32" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A33" s="12">
+        <v>31</v>
+      </c>
+      <c r="B33" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C33" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D33" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E33" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F33" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G33" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A34" s="12">
+        <v>32</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C34" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D34" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E34" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F34" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G34" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="12">
+        <v>33</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C35" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D35" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E35" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F35" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G35" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="12">
         <v>34</v>
       </c>
-      <c r="E3" s="7">
+      <c r="B36" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C36" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D36" s="2">
+        <v>2.9899999999999999E-2</v>
+      </c>
+      <c r="E36" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F36" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G36" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A37" s="12">
+        <v>35</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C37" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D37" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E37" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F37" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G37" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A38" s="12">
+        <v>36</v>
+      </c>
+      <c r="B38" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C38" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D38" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E38" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F38" s="16">
+        <v>47118</v>
+      </c>
+      <c r="G38" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A39" s="12">
+        <v>37</v>
+      </c>
+      <c r="B39" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="2">
+        <v>54960070181</v>
+      </c>
+      <c r="D39" s="2">
+        <v>0.4</v>
+      </c>
+      <c r="E39" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F39" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G39" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A40" s="12">
+        <v>38</v>
+      </c>
+      <c r="B40" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40" s="2">
+        <v>54960070127</v>
+      </c>
+      <c r="D40" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="E40" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F40" s="17">
+        <v>47118</v>
+      </c>
+      <c r="G40" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A41" s="12">
+        <v>39</v>
+      </c>
+      <c r="B41" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D41" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E41" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F41" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G41" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A42" s="12">
+        <v>40</v>
+      </c>
+      <c r="B42" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C42" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D42" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E42" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F42" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G42" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A43" s="12">
+        <v>41</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C43" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D43" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E43" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F43" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G43" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="12">
+        <v>42</v>
+      </c>
+      <c r="B44" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D44" s="2">
         <v>0.03</v>
       </c>
-      <c r="F3" s="11" t="s">
-[...5 lines deleted...]
-      <c r="H3" s="20" t="s">
+      <c r="E44" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F44" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G44" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H44" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A45" s="12">
+        <v>43</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C45" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D45" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E45" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F45" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G45" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A46" s="12">
+        <v>44</v>
+      </c>
+      <c r="B46" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C46" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D46" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E46" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F46" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G46" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H46" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="12">
+        <v>45</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C47" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D47" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E47" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F47" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G47" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H47" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A48" s="12">
+        <v>46</v>
+      </c>
+      <c r="B48" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C48" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D48" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E48" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F48" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G48" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A49" s="12">
         <v>47</v>
       </c>
-    </row>
-[...469 lines deleted...]
-      <c r="A22" s="19">
+      <c r="B49" s="14" t="s">
         <v>20</v>
-      </c>
-[...703 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C49" s="7">
         <v>54960040388</v>
       </c>
-      <c r="D49" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="7">
+      <c r="D49" s="7">
         <v>0.03</v>
       </c>
-      <c r="F49" s="11" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="E49" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F49" s="17">
+        <v>47118</v>
+      </c>
+      <c r="G49" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A50" s="19">
+      <c r="A50" s="12">
         <v>48</v>
       </c>
-      <c r="B50" s="16" t="s">
-        <v>10</v>
+      <c r="B50" s="14" t="s">
+        <v>21</v>
       </c>
       <c r="C50" s="7">
+        <v>54960040371</v>
+      </c>
+      <c r="D50" s="7">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E50" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F50" s="17">
+        <v>47118</v>
+      </c>
+      <c r="G50" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A51" s="12">
+        <v>49</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C51" s="2">
         <v>54960040442</v>
       </c>
-      <c r="D50" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="7">
+      <c r="D51" s="2">
         <v>0.02</v>
       </c>
-      <c r="F50" s="11" t="s">
-[...32 lines deleted...]
-        <v>47</v>
+      <c r="E51" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F51" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G51" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A52" s="19">
+      <c r="A52" s="12">
         <v>50</v>
       </c>
-      <c r="B52" s="16" t="s">
-[...18 lines deleted...]
-        <v>47</v>
+      <c r="B52" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C52" s="7">
+        <v>54960070123</v>
+      </c>
+      <c r="D52" s="2">
+        <v>2.4</v>
+      </c>
+      <c r="E52" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F52" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G52" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A53" s="19">
+      <c r="A53" s="12">
         <v>51</v>
       </c>
-      <c r="B53" s="16" t="s">
-[...18 lines deleted...]
-        <v>47</v>
+      <c r="B53" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C53" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D53" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E53" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F53" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G53" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A54" s="19">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="A54" s="12">
+        <v>52</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>16</v>
       </c>
       <c r="C54" s="7">
         <v>54960040442</v>
       </c>
-      <c r="D54" s="9" t="s">
+      <c r="D54" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="E54" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F54" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G54" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H54" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="12">
+        <v>53</v>
+      </c>
+      <c r="B55" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C55" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D55" s="2">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="E55" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F55" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G55" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A56" s="12">
+        <v>54</v>
+      </c>
+      <c r="B56" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C56" s="2">
+        <v>54960040177</v>
+      </c>
+      <c r="D56" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E56" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F56" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G56" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="12">
+        <v>55</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C57" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D57" s="2">
+        <v>2.5600000000000001E-2</v>
+      </c>
+      <c r="E57" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F57" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G57" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="12">
+        <v>56</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C58" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D58" s="2">
+        <v>0.09</v>
+      </c>
+      <c r="E58" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F58" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G58" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H58" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A59" s="12">
+        <v>57</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C59" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D59" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E59" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F59" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G59" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H59" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="12">
+        <v>58</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C60" s="2">
+        <v>54960040476</v>
+      </c>
+      <c r="D60" s="2">
+        <v>6.05</v>
+      </c>
+      <c r="E60" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="F60" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G60" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="H60" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A61" s="12">
+        <v>59</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C61" s="2">
+        <v>54960040128</v>
+      </c>
+      <c r="D61" s="2">
+        <v>4.92</v>
+      </c>
+      <c r="E61" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="F61" s="17">
+        <v>48213</v>
+      </c>
+      <c r="G61" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A62" s="12">
+        <v>60</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C62" s="2">
+        <v>54960040476</v>
+      </c>
+      <c r="D62" s="2">
+        <v>1.19</v>
+      </c>
+      <c r="E62" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="F62" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G62" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H62" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A63" s="12">
+        <v>61</v>
+      </c>
+      <c r="B63" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="C63" s="18">
+        <v>54960030033</v>
+      </c>
+      <c r="D63" s="18">
+        <v>3</v>
+      </c>
+      <c r="E63" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F63" s="24">
+        <v>46387</v>
+      </c>
+      <c r="G63" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A64" s="12">
+        <v>62</v>
+      </c>
+      <c r="B64" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C64" s="2">
+        <v>54960040160</v>
+      </c>
+      <c r="D64" s="2">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E64" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F64" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G64" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A65" s="12">
+        <v>63</v>
+      </c>
+      <c r="B65" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C65" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D65" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="E65" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F65" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G65" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A66" s="12">
+        <v>64</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C66" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D66" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E66" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G66" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A67" s="12">
+        <v>65</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C67" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D67" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E67" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F67" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G67" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A68" s="12">
+        <v>66</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" s="2">
+        <v>54960040178</v>
+      </c>
+      <c r="D68" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="E68" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F68" s="16">
+        <v>47118</v>
+      </c>
+      <c r="G68" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A69" s="12">
+        <v>67</v>
+      </c>
+      <c r="B69" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C69" s="2">
+        <v>54960070181</v>
+      </c>
+      <c r="D69" s="2">
+        <v>0.1</v>
+      </c>
+      <c r="E69" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F69" s="20">
+        <v>46387</v>
+      </c>
+      <c r="G69" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A70" s="12">
+        <v>68</v>
+      </c>
+      <c r="B70" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="C70" s="2">
+        <v>54960040371</v>
+      </c>
+      <c r="D70" s="2">
+        <v>3.6400000000000002E-2</v>
+      </c>
+      <c r="E70" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F70" s="20">
+        <v>47483</v>
+      </c>
+      <c r="G70" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H70" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A71" s="12">
+        <v>69</v>
+      </c>
+      <c r="B71" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C71" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D71" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E71" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F71" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G71" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H71" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A72" s="12">
+        <v>70</v>
+      </c>
+      <c r="B72" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C72" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D72" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E72" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F72" s="20">
+        <v>47483</v>
+      </c>
+      <c r="G72" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H72" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A73" s="12">
+        <v>71</v>
+      </c>
+      <c r="B73" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" s="2">
+        <v>54960040177</v>
+      </c>
+      <c r="D73" s="2">
+        <v>0.13</v>
+      </c>
+      <c r="E73" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F73" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G73" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A74" s="12">
+        <v>72</v>
+      </c>
+      <c r="B74" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C74" s="2">
+        <v>54960040411</v>
+      </c>
+      <c r="D74" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="E74" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F74" s="20">
+        <v>46752</v>
+      </c>
+      <c r="G74" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A75" s="12">
+        <v>73</v>
+      </c>
+      <c r="B75" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C75" s="2">
+        <v>54960040177</v>
+      </c>
+      <c r="D75" s="2">
+        <v>0.19</v>
+      </c>
+      <c r="E75" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F75" s="20">
+        <v>46752</v>
+      </c>
+      <c r="G75" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A76" s="12">
+        <v>74</v>
+      </c>
+      <c r="B76" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C76" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D76" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E76" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" s="20">
+        <v>48213</v>
+      </c>
+      <c r="G76" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H76" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A77" s="12">
+        <v>75</v>
+      </c>
+      <c r="B77" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C77" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D77" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E77" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F77" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G77" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H77" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A78" s="12">
+        <v>76</v>
+      </c>
+      <c r="B78" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C78" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D78" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E78" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F78" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G78" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H78" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A79" s="12">
+        <v>77</v>
+      </c>
+      <c r="B79" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="E54" s="7">
-[...8 lines deleted...]
-      <c r="H54" s="20" t="s">
+      <c r="C79" s="7">
+        <v>54960040443</v>
+      </c>
+      <c r="D79" s="7">
+        <v>0.09</v>
+      </c>
+      <c r="E79" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F79" s="21">
+        <v>47118</v>
+      </c>
+      <c r="G79" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A80" s="12">
+        <v>78</v>
+      </c>
+      <c r="B80" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C80" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D80" s="2">
+        <v>6.0600000000000001E-2</v>
+      </c>
+      <c r="E80" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F80" s="20">
+        <v>46387</v>
+      </c>
+      <c r="G80" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A81" s="12">
+        <v>79</v>
+      </c>
+      <c r="B81" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C81" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D81" s="2">
+        <v>0.11</v>
+      </c>
+      <c r="E81" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F81" s="20">
+        <v>47483</v>
+      </c>
+      <c r="G81" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A82" s="12">
+        <v>80</v>
+      </c>
+      <c r="B82" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C82" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D82" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="E82" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F82" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G82" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H82" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A83" s="12">
+        <v>81</v>
+      </c>
+      <c r="B83" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C83" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D83" s="2">
+        <v>0.08</v>
+      </c>
+      <c r="E83" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F83" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G83" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A84" s="12">
+        <v>82</v>
+      </c>
+      <c r="B84" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C84" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D84" s="2">
+        <v>0.11</v>
+      </c>
+      <c r="E84" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F84" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G84" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A85" s="12">
+        <v>83</v>
+      </c>
+      <c r="B85" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C85" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D85" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E85" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F85" s="20">
+        <v>47848</v>
+      </c>
+      <c r="G85" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A86" s="12">
+        <v>84</v>
+      </c>
+      <c r="B86" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C86" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D86" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E86" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F86" s="20">
+        <v>47483</v>
+      </c>
+      <c r="G86" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A87" s="12">
+        <v>85</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C87" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D87" s="2">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="E87" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F87" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G87" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A88" s="12">
+        <v>86</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C88" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D88" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E88" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F88" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G88" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H88" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A89" s="12">
+        <v>87</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C89" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D89" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E89" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F89" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G89" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A90" s="12">
+        <v>88</v>
+      </c>
+      <c r="B90" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="C90" s="6">
+        <v>54960040371</v>
+      </c>
+      <c r="D90" s="6">
+        <v>0.01</v>
+      </c>
+      <c r="E90" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F90" s="19">
+        <v>46752</v>
+      </c>
+      <c r="G90" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A91" s="12">
+        <v>89</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C91" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D91" s="2">
+        <v>2.2599999999999999E-2</v>
+      </c>
+      <c r="E91" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F91" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G91" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A92" s="12">
+        <v>90</v>
+      </c>
+      <c r="B92" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C92" s="2">
+        <v>54960040476</v>
+      </c>
+      <c r="D92" s="2">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="E92" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F92" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G92" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="H92" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A93" s="12">
+        <v>91</v>
+      </c>
+      <c r="B93" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C93" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D93" s="2">
+        <v>0.1</v>
+      </c>
+      <c r="E93" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F93" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G93" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A94" s="12">
+        <v>92</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C94" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D94" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E94" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F94" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G94" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H94" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A95" s="12">
+        <v>93</v>
+      </c>
+      <c r="B95" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C95" s="7">
+        <v>54960040388</v>
+      </c>
+      <c r="D95" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E95" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F95" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G95" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A96" s="12">
+        <v>94</v>
+      </c>
+      <c r="B96" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C96" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D96" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="E96" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F96" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G96" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A97" s="12">
+        <v>95</v>
+      </c>
+      <c r="B97" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C97" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D97" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="E97" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F97" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G97" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A98" s="12">
+        <v>96</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C98" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D98" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E98" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F98" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G98" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A99" s="12">
+        <v>97</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C99" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D99" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E99" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F99" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G99" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A100" s="12">
+        <v>98</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C100" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D100" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E100" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F100" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G100" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A101" s="12">
+        <v>99</v>
+      </c>
+      <c r="B101" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="C101" s="2">
+        <v>54960040371</v>
+      </c>
+      <c r="D101" s="2">
+        <v>1.95E-2</v>
+      </c>
+      <c r="E101" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F101" s="17">
+        <v>46387</v>
+      </c>
+      <c r="G101" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A102" s="12">
+        <v>100</v>
+      </c>
+      <c r="B102" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C102" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D102" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E102" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F102" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G102" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A103" s="12">
+        <v>101</v>
+      </c>
+      <c r="B103" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C103" s="2">
+        <v>54960070123</v>
+      </c>
+      <c r="D103" s="2">
+        <v>1.5</v>
+      </c>
+      <c r="E103" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="F103" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G103" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A104" s="12">
+        <v>102</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C104" s="2">
+        <v>54960070123</v>
+      </c>
+      <c r="D104" s="2">
+        <v>1</v>
+      </c>
+      <c r="E104" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="F104" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G104" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A105" s="12">
+        <v>103</v>
+      </c>
+      <c r="B105" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C105" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D105" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E105" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F105" s="16">
+        <v>47118</v>
+      </c>
+      <c r="G105" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H105" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A106" s="12">
+        <v>104</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C106" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D106" s="2">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E106" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F106" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G106" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A107" s="12">
+        <v>105</v>
+      </c>
+      <c r="B107" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C107" s="2">
+        <v>54960050039</v>
+      </c>
+      <c r="D107" s="2">
+        <v>1.8</v>
+      </c>
+      <c r="E107" s="31" t="s">
+        <v>39</v>
+      </c>
+      <c r="F107" s="20">
+        <v>46387</v>
+      </c>
+      <c r="G107" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A108" s="12">
+        <v>106</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C108" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D108" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E108" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F108" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G108" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A109" s="12">
+        <v>107</v>
+      </c>
+      <c r="B109" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C109" s="2">
+        <v>54960040501</v>
+      </c>
+      <c r="D109" s="2">
+        <v>0.09</v>
+      </c>
+      <c r="E109" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F109" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G109" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A110" s="12">
+        <v>108</v>
+      </c>
+      <c r="B110" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C110" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D110" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E110" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F110" s="22" t="s">
+        <v>50</v>
+      </c>
+      <c r="G110" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A111" s="12">
+        <v>109</v>
+      </c>
+      <c r="B111" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C111" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D111" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E111" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F111" s="16">
+        <v>47118</v>
+      </c>
+      <c r="G111" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H111" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A112" s="12">
+        <v>110</v>
+      </c>
+      <c r="B112" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C112" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D112" s="2">
+        <v>0.2</v>
+      </c>
+      <c r="E112" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F112" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G112" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H112" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A113" s="12">
+        <v>111</v>
+      </c>
+      <c r="B113" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C113" s="7">
+        <v>54960040178</v>
+      </c>
+      <c r="D113" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E113" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F113" s="17">
+        <v>46752</v>
+      </c>
+      <c r="G113" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A114" s="12">
+        <v>112</v>
+      </c>
+      <c r="B114" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C114" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D114" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E114" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F114" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G114" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H114" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A115" s="12">
+        <v>113</v>
+      </c>
+      <c r="B115" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C115" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D115" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E115" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F115" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G115" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H115" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A116" s="12">
+        <v>114</v>
+      </c>
+      <c r="B116" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C116" s="7">
+        <v>54960040442</v>
+      </c>
+      <c r="D116" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="E116" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F116" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G116" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H116" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A117" s="12">
+        <v>115</v>
+      </c>
+      <c r="B117" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C117" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D117" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E117" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F117" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G117" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A118" s="12">
+        <v>116</v>
+      </c>
+      <c r="B118" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C118" s="7">
+        <v>54960040442</v>
+      </c>
+      <c r="D118" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E118" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F118" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G118" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H118" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A119" s="12">
+        <v>117</v>
+      </c>
+      <c r="B119" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C119" s="6">
+        <v>54960040260</v>
+      </c>
+      <c r="D119" s="6">
+        <v>0.77</v>
+      </c>
+      <c r="E119" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F119" s="24">
+        <v>47848</v>
+      </c>
+      <c r="G119" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A120" s="12">
+        <v>118</v>
+      </c>
+      <c r="B120" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C120" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D120" s="2">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="E120" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F120" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G120" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A121" s="12">
+        <v>119</v>
+      </c>
+      <c r="B121" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C121" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D121" s="2">
+        <v>0.09</v>
+      </c>
+      <c r="E121" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F121" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G121" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H121" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A122" s="12">
+        <v>120</v>
+      </c>
+      <c r="B122" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C122" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D122" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E122" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F122" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G122" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H122" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A123" s="12">
+        <v>121</v>
+      </c>
+      <c r="B123" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C123" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D123" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E123" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F123" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G123" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A124" s="12">
+        <v>122</v>
+      </c>
+      <c r="B124" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C124" s="2">
+        <v>54960070123</v>
+      </c>
+      <c r="D124" s="2">
+        <v>2.1</v>
+      </c>
+      <c r="E124" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F124" s="17">
+        <v>48213</v>
+      </c>
+      <c r="G124" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A125" s="12">
+        <v>123</v>
+      </c>
+      <c r="B125" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C125" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D125" s="2">
+        <v>2.0899999999999998E-2</v>
+      </c>
+      <c r="E125" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F125" s="16">
+        <v>46387</v>
+      </c>
+      <c r="G125" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H125" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A126" s="12">
+        <v>124</v>
+      </c>
+      <c r="B126" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="C126" s="4">
+        <v>54960040260</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E126" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="F126" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G126" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H126" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A127" s="12">
+        <v>125</v>
+      </c>
+      <c r="B127" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C127" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D127" s="2">
+        <v>0.05</v>
+      </c>
+      <c r="E127" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F127" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G127" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H127" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A128" s="12">
+        <v>126</v>
+      </c>
+      <c r="B128" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C128" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D128" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E128" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F128" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G128" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H128" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A129" s="12">
+        <v>127</v>
+      </c>
+      <c r="B129" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C129" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D129" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E129" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F129" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G129" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H129" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A130" s="12">
+        <v>128</v>
+      </c>
+      <c r="B130" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C130" s="7">
+        <v>54960040442</v>
+      </c>
+      <c r="D130" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E130" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F130" s="16">
+        <v>47848</v>
+      </c>
+      <c r="G130" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H130" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A131" s="12">
+        <v>129</v>
+      </c>
+      <c r="B131" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C131" s="2">
+        <v>54960040442</v>
+      </c>
+      <c r="D131" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E131" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F131" s="16">
+        <v>47118</v>
+      </c>
+      <c r="G131" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A132" s="12">
+        <v>130</v>
+      </c>
+      <c r="B132" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C132" s="2">
+        <v>54960040411</v>
+      </c>
+      <c r="D132" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E132" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F132" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G132" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A133" s="12">
+        <v>131</v>
+      </c>
+      <c r="B133" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C133" s="2">
+        <v>54960040388</v>
+      </c>
+      <c r="D133" s="2">
+        <v>0.03</v>
+      </c>
+      <c r="E133" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F133" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G133" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H133" s="25" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A134" s="12">
+        <v>132</v>
+      </c>
+      <c r="B134" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C134" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D134" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="E134" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F134" s="16">
+        <v>48213</v>
+      </c>
+      <c r="G134" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H134" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A135" s="12">
+        <v>133</v>
+      </c>
+      <c r="B135" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C135" s="2">
+        <v>54960040125</v>
+      </c>
+      <c r="D135" s="2">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E135" s="31" t="s">
+        <v>44</v>
+      </c>
+      <c r="F135" s="16">
+        <v>47483</v>
+      </c>
+      <c r="G135" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="H135" s="27" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A136" s="12">
+        <v>134</v>
+      </c>
+      <c r="B136" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="C136" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D136" s="2">
+        <v>6.13E-2</v>
+      </c>
+      <c r="E136" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F136" s="16">
+        <v>46752</v>
+      </c>
+      <c r="G136" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H136" s="28" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A137" s="12">
+        <v>135</v>
+      </c>
+      <c r="B137" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C137" s="2">
+        <v>54960050094</v>
+      </c>
+      <c r="D137" s="2">
+        <v>13.73</v>
+      </c>
+      <c r="E137" s="29" t="s">
         <v>47</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="A56" s="19">
+      <c r="F137" s="16">
+        <v>48944</v>
+      </c>
+      <c r="G137" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="B56" s="16" t="s">
-[...442 lines deleted...]
-      <c r="C73" s="7">
+      <c r="H137" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A138" s="12">
+        <v>136</v>
+      </c>
+      <c r="B138" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C138" s="2">
         <v>54960040178</v>
       </c>
-      <c r="D73" s="10" t="s">
-[...210 lines deleted...]
-      <c r="E81" s="7">
+      <c r="D138" s="2">
+        <v>0.15</v>
+      </c>
+      <c r="E138" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F138" s="17">
+        <v>46752</v>
+      </c>
+      <c r="G138" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A139" s="12">
+        <v>137</v>
+      </c>
+      <c r="B139" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C139" s="2">
+        <v>54960040417</v>
+      </c>
+      <c r="D139" s="2">
         <v>0.02</v>
       </c>
-      <c r="F81" s="11" t="s">
-[...1514 lines deleted...]
-        <v>55</v>
+      <c r="E139" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F139" s="17">
+        <v>47848</v>
+      </c>
+      <c r="G139" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A140" s="19">
+      <c r="A140" s="12">
         <v>138</v>
       </c>
-      <c r="B140" s="16" t="s">
-        <v>10</v>
+      <c r="B140" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="C140" s="7">
-        <v>54960040442</v>
-[...420 lines deleted...]
-      <c r="E156" s="7">
+        <v>54960040501</v>
+      </c>
+      <c r="D140" s="2">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="F156" s="23" t="s">
-[...223 lines deleted...]
-      <c r="G183" s="3"/>
+      <c r="E140" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F140" s="20">
+        <v>48213</v>
+      </c>
+      <c r="G140" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>6</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="G1:G183" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
-    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A1:H1"/>
   </mergeCells>
-  <phoneticPr fontId="2" type="noConversion"/>
-[...24 lines deleted...]
-  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
-      <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Liga Lauga</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>