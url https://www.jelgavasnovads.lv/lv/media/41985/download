--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,465 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\toms-\OneDrive\Dators\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elita.andrasone\Documents\Svete\nomas\publicešana\nomas_ligumi_uz2025_decembri\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CBFAEC81-27EA-463F-935B-1A8537343A17}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="10452"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Nomas līgumi" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="67">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="23">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
-    <t>Nekustamā īpašuma nosaukums, adrese</t>
-[...1 lines deleted...]
-  <si>
     <t>Zemes vienības kadastra apzīmējums</t>
   </si>
   <si>
-    <t>Nomas objekta izmantošanas mērķis</t>
-[...1 lines deleted...]
-  <si>
     <t>Nomas objekta platība (ha)</t>
   </si>
   <si>
     <t>Nomnieks</t>
   </si>
   <si>
     <t>Nomas termiņš</t>
   </si>
   <si>
-    <t>Nomas maksa, citi maksājumi</t>
-[...4 lines deleted...]
-  <si>
     <t>Lauksaimniecība</t>
   </si>
   <si>
     <t>Fiziska persona</t>
   </si>
   <si>
-    <t>30.10.2024.</t>
-[...91 lines deleted...]
-  <si>
     <t>Ķenziņi</t>
   </si>
   <si>
-    <t>7,5</t>
-[...4 lines deleted...]
-  <si>
     <t>Dzeguži</t>
   </si>
   <si>
     <t>1,414</t>
   </si>
   <si>
     <t>31.12.2028.</t>
   </si>
   <si>
-    <t>56,56 bez PVN,  NĪN</t>
-[...37 lines deleted...]
-  <si>
     <t>Lauksaimnieki 1</t>
   </si>
   <si>
-    <t>175,00 bez PVN,  NĪN</t>
-[...1 lines deleted...]
-  <si>
     <t>Cirpeņi</t>
   </si>
   <si>
     <t>31.12.2029.</t>
   </si>
   <si>
-    <t>105,28 bez PVN,  NĪN</t>
+    <t>Noslēgtie neapbūvētas zemes nomas līgumi Ozonieku pagastā</t>
+  </si>
+  <si>
+    <t>Nekustamā īpašuma nosaukums</t>
+  </si>
+  <si>
+    <t>Nomas maksa (likme %, EUR)</t>
+  </si>
+  <si>
+    <t>Iznomāšanas mērķis</t>
+  </si>
+  <si>
+    <t>105,28 EUR</t>
+  </si>
+  <si>
+    <t>175 EUR</t>
+  </si>
+  <si>
+    <t>56,56 EUR</t>
+  </si>
+  <si>
+    <t>1411 EUR</t>
+  </si>
+  <si>
+    <t>8,3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-[...3 lines deleted...]
-  <fonts count="6" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
-      <color rgb="FF000000"/>
-[...1 lines deleted...]
-      <family val="1"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...39 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -699,933 +485,238 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H33"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{211D4A30-0F5F-42C7-A848-1C59BB7747A5}">
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8"/>
+      <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.109375" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="51.77734375" customWidth="1"/>
+    <col min="1" max="1" width="10.5546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.21875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.33203125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="23.6640625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="21.5546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="24.21875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="25.33203125" style="1" customWidth="1"/>
+    <col min="9" max="10" width="16.6640625" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:8" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+    </row>
+    <row r="2" spans="1:8" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1"/>
-[...5 lines deleted...]
-      <c r="H1" s="2"/>
+      <c r="B2" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="3" t="s">
+        <v>17</v>
+      </c>
     </row>
-    <row r="2" spans="1:8" ht="93.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="3" t="s">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" s="4">
         <v>1</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="B3" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="8">
+        <v>54780090044</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="4">
         <v>2</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="B4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="5">
+        <v>54780020195</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="4">
         <v>3</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="B5" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="5">
+        <v>54780070150</v>
+      </c>
+      <c r="D5" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="4">
         <v>4</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="B6" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="5">
+        <v>54780040252</v>
+      </c>
+      <c r="D6" s="5">
+        <v>0.82430000000000003</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>5</v>
-      </c>
-[...813 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Nomas līgumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RePack by Diakov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>